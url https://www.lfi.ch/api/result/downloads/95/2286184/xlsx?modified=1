--- v0 (2025-11-04)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
-    <t>LFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>Waldfläche</t>
+    <t>superficie forestale</t>
   </si>
   <si>
-    <t>Schutzwald gegen Hangmuren/Rutschungen (2022) · Zeitpunkt des letzten Eingriffs (10-Jahres-Klassen)</t>
+    <t>bosco di protezione contro colate di fango/smottamenti (2022) · data dell'ultimo intervento (classi di 10 anni)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wald LFI4/LFI5</t>
+      <t xml:space="preserve">: bosco IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>Forstkreis (2024)</t>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,302 +373,302 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
+    <t>laghi</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>Schutzwald gegen Hangmuren/Rutschungen (2022)</t>
+    <t>bosco di protezione contro colate di fango/smottamenti (2022)</t>
   </si>
   <si>
-    <t>Zeitpunkt des letzten Eingriffs (10-Jahres-Klassen)</t>
+    <t>data dell'ultimo intervento (classi di 10 anni)</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>vor =10 Jahren</t>
+    <t>0-10 anni fa</t>
   </si>
   <si>
-    <t>vor 11-20 Jahren</t>
+    <t>11-20 anni fa</t>
   </si>
   <si>
-    <t>vor 21-30 Jahren</t>
+    <t>21-30 anni fa</t>
   </si>
   <si>
-    <t>vor 31-40 Jahren</t>
+    <t>31-40 anni fa</t>
   </si>
   <si>
-    <t>vor 41-50 Jahren</t>
+    <t>41-50 anni fa</t>
   </si>
   <si>
-    <t>vor 51-100 Jahren</t>
+    <t>51-100 anni fa</t>
   </si>
   <si>
-    <t>letzter Eingriff vor &gt;100 Jahren oder nie genutzt</t>
+    <t>&gt;100 anni fa o mai nessuna gestione</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>innerhalb</t>
+    <t>all'interno</t>
   </si>
   <si>
-    <t>ausserhalb</t>
+    <t>all'esterno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2286184/624116</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald gegen Hangmuren/Rutschungen (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro colate di fango/smottamenti (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2644</t>
     </r>
   </si>
   <si>
-    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Hangmuren/Rutschungen, den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro colate di fango/smottamenti, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Zeitpunkt des letzten Eingriffs (10-Jahres-Klassen)</t>
+      <t xml:space="preserve">data dell'ultimo intervento (classi di 10 anni)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1256</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Jahre seit dem letzten waldbaulichen Eingriff in Klassen zu zehn Jahren. Als waldbauliche Eingriffe gelten Nutzungs- und Pflegeeingriffe, Pflanzungen und Aufforstungen sowie Sanitär- und Sicherheitseingriffe. Grundlage: Forstdienstbefragung (MID: 607: Anzahl Jahre seit dem letzten Eingriff)</t>
+    <t>Numero di anni dall'ultimo intervento selvicolturale, in classi di dieci anni. Gli interventi selvicolturali comprendono interventi di cura della rinnovazione e tagli di sgombero, piantagione e semina, nonché tagli fitosanitari e di promozione della sicurezza. Fonte: inchiesta presso il servizio forestale (MID: 607: Anzahl Jahre seit dem letzten Eingriff)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war).</t>
+    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1020,52 +1020,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="56.415" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="75.267" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -22939,51 +22939,51 @@
         <v>0.0</v>
       </c>
       <c r="GF48" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG48" s="6">
         <v>1290.8</v>
       </c>
       <c r="GH48" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:190" customHeight="1" ht="21.75">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2286184/624116</t>
           </r>
         </is>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="L49" s="3"/>
@@ -23157,226 +23157,226 @@
       <c r="FX49" s="3"/>
       <c r="FY49" s="3"/>
       <c r="FZ49" s="3"/>
       <c r="GA49" s="3"/>
       <c r="GB49" s="3"/>
       <c r="GC49" s="3"/>
       <c r="GD49" s="3"/>
       <c r="GE49" s="3"/>
       <c r="GF49" s="3"/>
       <c r="GG49" s="3"/>
       <c r="GH49" s="3"/>
     </row>
     <row r="52" spans="1:190">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:190" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="55" spans="1:190">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald gegen Hangmuren/Rutschungen (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro colate di fango/smottamenti (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2644</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:190" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="58" spans="1:190">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Zeitpunkt des letzten Eingriffs (10-Jahres-Klassen)</t>
+            <t xml:space="preserve">data dell'ultimo intervento (classi di 10 anni)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1256</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:190" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="61" spans="1:190">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:190" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="64" spans="1:190">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:190" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="67" spans="1:190">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:190" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>131</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>