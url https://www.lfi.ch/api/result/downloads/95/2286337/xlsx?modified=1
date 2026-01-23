--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>altitude (in 400 m classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>quota (classi di 400 m)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forests (2022): a.f.w.s.f. NFI1 to NFI5</t>
+      <t xml:space="preserve">: bosco di protezione (2022): b.a.e.a. IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,255 +373,255 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...2 lines deleted...]
-    <t>Switzerland</t>
+    <t>laghi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1401-1800 m</t>
   </si>
   <si>
     <t>1001-1400 m</t>
   </si>
   <si>
-    <t xml:space="preserve">601-1000 m </t>
+    <t>601-1000 m</t>
   </si>
   <si>
     <t>=600 m</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2286337/624269</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitude (in 400 m classes)</t>
+      <t xml:space="preserve">quota (classi di 400 m)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #963</t>
     </r>
   </si>
   <si>
-    <t>Altitude above sea level in classes of 400 m. Reference: Digital height model DHM 25 from Swisstopo</t>
+    <t>Altitudine sopra il livello del mare in classi di 400 m. Fonte: modello digitale DHM 25 di Swisstopo.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forests (2022): a.f.w.s.f. NFI1 to NFI5</t>
+      <t xml:space="preserve">bosco di protezione (2022): b.a.e.a. IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2684</t>
     </r>
   </si>
   <si>
-    <t>Area designated in the five Inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) as «accessible forest without shrub forest» (a.f.w.s.f.), i.e. «forest without shrub forest» that can be accessed on foot and is situated in a forest that the cantons designated «protective forest» in 2022 according to the harmonised criteria of SilvaProtect-CH (Losey &amp; Wehrli 2013).</t>
+    <t>Superficie che nei cinque inventari IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) e IFN5 (2018-2026) è stato dichiarato «bosco accessibile esclusi gli arbusteti» (b.a.e.a.; ossia bosco esclusi gli arbusteti, che può essere raggiunto a piedi) e si trova all'interno del bosco di protezione definito dai Cantoni nel 2022 in base ai criteri armonizzati di SilvaProtect-CH (Losey &amp; Wehrli 2013)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -976,51 +976,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -6344,51 +6344,51 @@
         <v>106</v>
       </c>
       <c r="GE19" s="7" t="s">
         <v>106</v>
       </c>
       <c r="GF19" s="7">
         <v>100.0</v>
       </c>
       <c r="GG19" s="7" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="20" spans="1:189" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2286337/624269</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -6562,191 +6562,191 @@
       <c r="FW20" s="3"/>
       <c r="FX20" s="3"/>
       <c r="FY20" s="3"/>
       <c r="FZ20" s="3"/>
       <c r="GA20" s="3"/>
       <c r="GB20" s="3"/>
       <c r="GC20" s="3"/>
       <c r="GD20" s="3"/>
       <c r="GE20" s="3"/>
       <c r="GF20" s="3"/>
       <c r="GG20" s="3"/>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitude (in 400 m classes)</t>
+            <t xml:space="preserve">quota (classi di 400 m)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #963</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forests (2022): a.f.w.s.f. NFI1 to NFI5</t>
+            <t xml:space="preserve">bosco di protezione (2022): b.a.e.a. IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2684</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="35" spans="1:189">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:189" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>123</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>