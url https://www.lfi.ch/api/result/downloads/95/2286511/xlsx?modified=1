--- v0 (2025-11-17)
+++ v1 (2025-11-17)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>structure of forest edge</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldrandanteil</t>
+  </si>
+  <si>
+    <t>Waldrandaufbau</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest edge up to the montane vegetation belt NFI4/NFI5</t>
+      <t xml:space="preserve">: Waldrand bis montane Stufe LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,261 +373,261 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...2 lines deleted...]
-    <t>Switzerland</t>
+    <t>Seen</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>without shelterbelt, without shrub belt</t>
-[...20 lines deleted...]
-    <t>total</t>
+    <t>ohne Waldmantel, ohne Strauchgürtel</t>
+  </si>
+  <si>
+    <t>ohne Waldmantel, mit Strauchgürtel</t>
+  </si>
+  <si>
+    <t>steiler Waldmantel, ohne Strauchgürtel</t>
+  </si>
+  <si>
+    <t>ausladender Waldmantel, ohne Strauchgürtel</t>
+  </si>
+  <si>
+    <t>Strauchgürtel im Trauf des Waldmantels</t>
+  </si>
+  <si>
+    <t>Strauchgürtel vor normalem Waldmantel</t>
+  </si>
+  <si>
+    <t>Strauchgürtel vor stufigem, lockerem Waldmantel</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2286511/624443</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest edge</t>
+      <t xml:space="preserve">Waldrandanteil</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
+    <t>Anteil des Waldrandes mit einer bestimmten Eigenschaft (z.B. Strukturvielfalt, Gehölzartenvielfalt, Waldrandaufbau) am gesamten Waldrand. Dabei ist der Waldrand der Grenz- oder Übergangsbereich zwischen der Vegetationsform Wald und anderen Elementen der Landschaft.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">structure of forest edge</t>
+      <t xml:space="preserve">Waldrandaufbau</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #579</t>
     </r>
   </si>
   <si>
-    <t>Formation of the transition from forest to open land - in seven classes. Reference: Field Survey (MID 37: Waldrandaufbau)</t>
+    <t>Ausbildung des Übergangs vom Wald zum Freiland in sieben Klassen. Grundlage: Feldaufnahme (MID 37: Waldrandaufbau)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest edge up to the montane vegetation belt NFI4/NFI5</t>
+      <t xml:space="preserve">Waldrand bis montane Stufe LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2676</t>
     </r>
   </si>
   <si>
-    <t>Forest edge in the NaiS altitudinal vegetation belts: «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane», which was recorded during the two inventories NFI4 and NFI5. Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
+    <t>Waldrand in den NaiS-Vegetationshöhenstufen hyperinsubrisch, kollin, kollin mit Buche, submontan, untermontan, obermontan, unter-/obermontan und hochmontan, der in den zwei Inventuren LFI4 und LFI5 erfasst worden war. Grundlage: Feldaufnahme (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -979,51 +979,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -7485,51 +7485,51 @@
         <v>106</v>
       </c>
       <c r="GE21" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF21" s="6">
         <v>100.0</v>
       </c>
       <c r="GG21" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="22" spans="1:189" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2286511/624443</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
@@ -7703,191 +7703,191 @@
       <c r="FW22" s="3"/>
       <c r="FX22" s="3"/>
       <c r="FY22" s="3"/>
       <c r="FZ22" s="3"/>
       <c r="GA22" s="3"/>
       <c r="GB22" s="3"/>
       <c r="GC22" s="3"/>
       <c r="GD22" s="3"/>
       <c r="GE22" s="3"/>
       <c r="GF22" s="3"/>
       <c r="GG22" s="3"/>
     </row>
     <row r="25" spans="1:189">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest edge</t>
+            <t xml:space="preserve">Waldrandanteil</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:189" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="28" spans="1:189">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">structure of forest edge</t>
+            <t xml:space="preserve">Waldrandaufbau</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #579</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:189" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="31" spans="1:189">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:189" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="34" spans="1:189">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest edge up to the montane vegetation belt NFI4/NFI5</t>
+            <t xml:space="preserve">Waldrand bis montane Stufe LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2676</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:189" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="37" spans="1:189">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:189" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>125</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>