--- v1 (2025-11-17)
+++ v2 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldrandaufbau</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione del margine boschivo</t>
+  </si>
+  <si>
+    <t>costituzione del margine boschivo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: Waldrand bis montane Stufe LFI4/LFI5</t>
+      <t xml:space="preserve">: margine boschivo fino alla fascia montana IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Forstkreis (2024)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,261 +373,261 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
-[...2 lines deleted...]
-    <t>Schweiz</t>
+    <t>laghi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>ohne Waldmantel, ohne Strauchgürtel</t>
-[...20 lines deleted...]
-    <t>Total</t>
+    <t>senza mantello (m.) boschivo, senza fascia (f.) arbustiva</t>
+  </si>
+  <si>
+    <t>senza m. boschivo, con f. arbustiva</t>
+  </si>
+  <si>
+    <t>m. boschivo brusco, senza f. arbustiva</t>
+  </si>
+  <si>
+    <t>m. boschivo progressivo, senza f. arbustiva</t>
+  </si>
+  <si>
+    <t>f. arbustiva sotto il m. boschivo</t>
+  </si>
+  <si>
+    <t>f. arbustiva davanti ad un m. boschivo normale</t>
+  </si>
+  <si>
+    <t>f. arbustiva davanti ad un m. boschivo stratificato e rado</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2286511/624443</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrandanteil</t>
+      <t xml:space="preserve">proporzione del margine boschivo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Anteil des Waldrandes mit einer bestimmten Eigenschaft (z.B. Strukturvielfalt, Gehölzartenvielfalt, Waldrandaufbau) am gesamten Waldrand. Dabei ist der Waldrand der Grenz- oder Übergangsbereich zwischen der Vegetationsform Wald und anderen Elementen der Landschaft.</t>
+    <t>Proporzione di margine boschivo che presenta una certa caratteristica (ad es. diversità strutturale, diversità delle specie legnose, struttura del margine boschivo) rispetto al margine boschivo totale. Il margine boschivo è definito come la zona di transizione o limite tra il bosco ed altri elementi del paesaggio.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrandaufbau</t>
+      <t xml:space="preserve">costituzione del margine boschivo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #579</t>
     </r>
   </si>
   <si>
-    <t>Ausbildung des Übergangs vom Wald zum Freiland in sieben Klassen. Grundlage: Feldaufnahme (MID 37: Waldrandaufbau)</t>
+    <t>Costituzione/Struttura della zona di transizione tra bosco e campo aperto in sette classi. Fonte: rilievo sul terreno (MID 37: Waldrandaufbau)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrand bis montane Stufe LFI4/LFI5</t>
+      <t xml:space="preserve">margine boschivo fino alla fascia montana IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2676</t>
     </r>
   </si>
   <si>
-    <t>Waldrand in den NaiS-Vegetationshöhenstufen hyperinsubrisch, kollin, kollin mit Buche, submontan, untermontan, obermontan, unter-/obermontan und hochmontan, der in den zwei Inventuren LFI4 und LFI5 erfasst worden war. Grundlage: Feldaufnahme (MID 29: Waldrandbeschreibung)</t>
+    <t>Margine boschivo nelle fasce vegetazionali NaiS iperinsubrica, collinare, collinare con faggio, submontana, montana inferiore, montana superiore, montana inferiore/superiore ed altimontana, che è stato rilevato negli inventari IFN4 ed IFN5. Fonte: rilievo sul terreno (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -979,51 +979,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -7485,51 +7485,51 @@
         <v>106</v>
       </c>
       <c r="GE21" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF21" s="6">
         <v>100.0</v>
       </c>
       <c r="GG21" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="22" spans="1:189" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2286511/624443</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
@@ -7703,191 +7703,191 @@
       <c r="FW22" s="3"/>
       <c r="FX22" s="3"/>
       <c r="FY22" s="3"/>
       <c r="FZ22" s="3"/>
       <c r="GA22" s="3"/>
       <c r="GB22" s="3"/>
       <c r="GC22" s="3"/>
       <c r="GD22" s="3"/>
       <c r="GE22" s="3"/>
       <c r="GF22" s="3"/>
       <c r="GG22" s="3"/>
     </row>
     <row r="25" spans="1:189">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrandanteil</t>
+            <t xml:space="preserve">proporzione del margine boschivo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:189" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="28" spans="1:189">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrandaufbau</t>
+            <t xml:space="preserve">costituzione del margine boschivo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #579</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:189" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="31" spans="1:189">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:189" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="34" spans="1:189">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrand bis montane Stufe LFI4/LFI5</t>
+            <t xml:space="preserve">margine boschivo fino alla fascia montana IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2676</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:189" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="37" spans="1:189">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:189" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>125</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>