--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 10 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>lunghezza del margine boschivo (foto aeree)</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (10 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: total area</t>
+      <t xml:space="preserve">: superficie totale</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,270 +373,270 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...2 lines deleted...]
-    <t>Switzerland</t>
+    <t>laghi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 m</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
-[...29 lines deleted...]
-    <t>total</t>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana superiore (N)</t>
+  </si>
+  <si>
+    <t>montana inferiore (N)</t>
+  </si>
+  <si>
+    <t>montana inferiore/superiore (S)</t>
+  </si>
+  <si>
+    <t>submontana (N)</t>
+  </si>
+  <si>
+    <t>collinare con faggio (S)</t>
+  </si>
+  <si>
+    <t>collinare</t>
+  </si>
+  <si>
+    <t>iperinsubrica (S)</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2286538/624470</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">length of forest edge (aerial photo)</t>
+      <t xml:space="preserve">lunghezza del margine boschivo (foto aeree)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #8</t>
     </r>
   </si>
   <si>
-    <t>Length of the forest edge calculated on the basis of the forest boundary lines determined in the aerial photo.</t>
+    <t>Lunghezza del margine boschivo calcolato sulla base dei poligoni del margine determinati sulle foto aeree.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2632</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005) – in ten classes, whereby the classes «hyperinsubric», «colline» and «colline with beech» and «lower and upper montane» only occur in the Southern Alps (S), the classes «submontane», «lower montane», «upper montane» only in the Northern Alps (N) and the classes «high montane», «subalpine» and «upper subalpine» on both sides of the Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005) in dieci classi, dove le classi «iperinsubrica», «collinare con faggio» e «montana inferiore/superiore» possono essere presenti solo a Sud delle Alpi (S), le classi «submontana», «montana inferiore», «montana superiore» solo sul versante settentrionale delle Alpi (N) e le classi «altimontana», «subalpina» e «subalpina superiore» su entrambi i versanti delle Alpi. Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total area</t>
+      <t xml:space="preserve">superficie totale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #435</t>
     </r>
   </si>
   <si>
-    <t>Area of Switzerland or a region (e.g. production region or canton) regardless of its cover. In NFI, the total area is made up of the components «forest without shrub forest», «shrub forest» and «non-forest».</t>
+    <t>Superficie della Svizzera o di una sua regione (ad es. Regione di produzione, Cantone) indipendentemente dalla sua copertura. Nell'IFN la superficie totale è composta da «bosco senza arbusteto», «arbusteto» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -988,51 +988,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="10.426" bestFit="true" customWidth="true" style="0"/>
@@ -9201,51 +9201,51 @@
         <v>119</v>
       </c>
       <c r="GE24" s="6">
         <v>56</v>
       </c>
       <c r="GF24" s="6">
         <v>190300</v>
       </c>
       <c r="GG24" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="25" spans="1:189" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2286538/624470</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
@@ -9419,191 +9419,191 @@
       <c r="FW25" s="3"/>
       <c r="FX25" s="3"/>
       <c r="FY25" s="3"/>
       <c r="FZ25" s="3"/>
       <c r="GA25" s="3"/>
       <c r="GB25" s="3"/>
       <c r="GC25" s="3"/>
       <c r="GD25" s="3"/>
       <c r="GE25" s="3"/>
       <c r="GF25" s="3"/>
       <c r="GG25" s="3"/>
     </row>
     <row r="28" spans="1:189">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">length of forest edge (aerial photo)</t>
+            <t xml:space="preserve">lunghezza del margine boschivo (foto aeree)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #8</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:189" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:189">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2632</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:189" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="34" spans="1:189">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:189" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="37" spans="1:189">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total area</t>
+            <t xml:space="preserve">superficie totale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #435</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:189" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="40" spans="1:189">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:189" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>128</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>