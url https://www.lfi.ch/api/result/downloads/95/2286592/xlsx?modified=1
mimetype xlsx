--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
-    <t>LFI2–LFI3</t>
-[...5 lines deleted...]
-    <t>Baumart (5 Klassen)</t>
+    <t>IFN2–IFN3</t>
+  </si>
+  <si>
+    <t>mortalità</t>
+  </si>
+  <si>
+    <t>specie arborea (5 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 m³/Jahr</t>
+      <t xml:space="preserve">: 1000 m³/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Veränderung 1993/95–2004/06</t>
-[...2 lines deleted...]
-    <t>Forstkreis (2024)</t>
+    <t>variazione 1993/95–2004/06</t>
+  </si>
+  <si>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,258 +373,258 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
-[...5 lines deleted...]
-    <t>1000 m³/Jahr</t>
+    <t>laghi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>1000 m³/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
-[...17 lines deleted...]
-    <t>Total</t>
+    <t>abete rosso</t>
+  </si>
+  <si>
+    <t>abete bianco</t>
+  </si>
+  <si>
+    <t>altre conifere</t>
+  </si>
+  <si>
+    <t>faggio</t>
+  </si>
+  <si>
+    <t>altre latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2286592/624524</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Mortalität</t>
+      <t xml:space="preserve">mortalità</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #16</t>
     </r>
   </si>
   <si>
-    <t>Schaftholzvolumen in Rinde aller Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), die zwischen zwei Inventuren abgestorben (z.B. durch Windwurf oder Insekten) oder verschwunden sind (z.B. durch Lawinen), aber nicht forstlich genutzt wurden. Die Mortalität ist die Summe von natürlichen Abgängen und im Bestand verbleibender Mortalität.</t>
+    <t>Volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm che, tra due inventari successivi, sono morti per cause naturali (ad es. tempesta di vento o insetti) o sono scomparsi (ad es. in seguito a valanghe), ma che non sono stati utilizzati nel quadro di interventi selvicolturali. La mortalità è la somma degli alberi scomparsi naturalmente e della mortalità rimanente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Baumart (5 Klassen)</t>
+      <t xml:space="preserve">specie arborea (5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1157</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die drei allerhäufigsten Arten bzw. Artengruppen der Schweiz (Fichte - Picea spp.; Tanne - Abies spp.; Buche - Fagus sylvatica) und den Klassen «übrige Nadelhölzer» und «übrige Laubhölzer» für die restlichen Arten. Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Specie arboree e arbustive a partire da 12 cm di diametro a petto d'uomo (DPU) con singole categorie per le tre specie o gruppi di specie più comuni in Svizzera (abete rosso - Picea spp.; abete bianco - Abies spp.; faggio - Fagus sylvatica) e le categorie «altre conifere» e «altre latifoglie» per le altre specie. Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -976,51 +976,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="17.567" bestFit="true" customWidth="true" style="0"/>
@@ -6913,51 +6913,51 @@
         <v>0</v>
       </c>
       <c r="GE20" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF20" s="6">
         <v>1872</v>
       </c>
       <c r="GG20" s="6">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2286592/624524</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -7131,191 +7131,191 @@
       <c r="FW21" s="3"/>
       <c r="FX21" s="3"/>
       <c r="FY21" s="3"/>
       <c r="FZ21" s="3"/>
       <c r="GA21" s="3"/>
       <c r="GB21" s="3"/>
       <c r="GC21" s="3"/>
       <c r="GD21" s="3"/>
       <c r="GE21" s="3"/>
       <c r="GF21" s="3"/>
       <c r="GG21" s="3"/>
     </row>
     <row r="24" spans="1:189">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Mortalität</t>
+            <t xml:space="preserve">mortalità</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #16</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:189" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="27" spans="1:189">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Baumart (5 Klassen)</t>
+            <t xml:space="preserve">specie arborea (5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1157</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:189" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="30" spans="1:189">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:189" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:189">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:189" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="36" spans="1:189">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:189" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>124</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>