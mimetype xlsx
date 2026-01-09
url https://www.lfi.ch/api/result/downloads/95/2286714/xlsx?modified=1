--- v0 (2025-11-19)
+++ v1 (2026-01-09)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>proportion of forest plots</t>
+    <t>proporzione di aree di saggio in bosco</t>
   </si>
   <si>
-    <t>presence of vehicle tracks (soil disturbances) · altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>presenza di tracce di veicoli (perturbazione del suolo) · fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>forest district (2024)</t>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,305 +373,305 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
+    <t>laghi</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>presence of vehicle tracks (soil disturbances)</t>
+    <t>presenza di tracce di veicoli (perturbazione del suolo)</t>
   </si>
   <si>
-    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
+    <t>subalpina superiore</t>
   </si>
   <si>
-    <t>subalpine</t>
+    <t>subalpina</t>
   </si>
   <si>
-    <t>high-montane</t>
+    <t>altimontana</t>
   </si>
   <si>
-    <t>lower and upper montane</t>
+    <t>montana inferiore e superiore</t>
   </si>
   <si>
-    <t>submontane</t>
+    <t>submontana</t>
   </si>
   <si>
-    <t>hyperinsubric and colline</t>
+    <t>iperinsubrica e collinare</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>track type 1 (slight disturbance)</t>
+    <t>tipo 1 (perturbazione leggera)</t>
   </si>
   <si>
-    <t>track type 2 (moderate disturbance)</t>
+    <t>tipo 2 (perturbazione moderata)</t>
   </si>
   <si>
-    <t>track type 3 (severe disturbance)</t>
+    <t>tipo 3 (perturbazione forte)</t>
   </si>
   <si>
-    <t>no vehicle tracks present</t>
+    <t>nessuna traccia di veicoli</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2286714/624646</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">presence of vehicle tracks (soil disturbances)</t>
+      <t xml:space="preserve">presenza di tracce di veicoli (perturbazione del suolo)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #729</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without tracks of timber-harvesting vehicles such as tractors, forwarders and harvesters on the forest floor within the 200 m² circle. If there are tracks, indication of the track type. In the case of track type 3 (severe disturbance), it can be assumed that the damage to the soil fertility will be significant and long term (Lüscher et al. 2016). Reference: Field Survey (MID 544: Fahrzeugspuren, MID 496: Bodenschadentyp)</t>
+    <t>Aree di saggio senza/con chiare tracce al suolo di veicoli per la raccolta del legname come trattori, forwarder ed esboscatrici forestali all'interno della superficie di 2 are e, nel caso di una traccia, indicazione del tipo di traccia. Nel caso della traccia di tipo 3 (perturbazione forte), si può presumere che la fertilità del suolo sia danneggiata in modo significativo e permanente (Lüscher et al. 2016). Fonte: inchiesta presso il servizio forestale (MID 544: Fahrzeugspuren, MID 496: Bodenschadentyp)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1023,52 +1023,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -29786,51 +29786,51 @@
         <v>108</v>
       </c>
       <c r="GF60" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG60" s="6">
         <v>100.0</v>
       </c>
       <c r="GH60" s="6" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="61" spans="1:190" customHeight="1" ht="21.75">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2286714/624646</t>
           </r>
         </is>
       </c>
       <c r="C61" s="3"/>
       <c r="D61" s="3"/>
       <c r="E61" s="3"/>
       <c r="F61" s="3"/>
       <c r="G61" s="3"/>
       <c r="H61" s="3"/>
       <c r="I61" s="3"/>
       <c r="J61" s="3"/>
       <c r="K61" s="3"/>
       <c r="L61" s="3"/>
@@ -30004,226 +30004,226 @@
       <c r="FX61" s="3"/>
       <c r="FY61" s="3"/>
       <c r="FZ61" s="3"/>
       <c r="GA61" s="3"/>
       <c r="GB61" s="3"/>
       <c r="GC61" s="3"/>
       <c r="GD61" s="3"/>
       <c r="GE61" s="3"/>
       <c r="GF61" s="3"/>
       <c r="GG61" s="3"/>
       <c r="GH61" s="3"/>
     </row>
     <row r="64" spans="1:190">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:190" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="67" spans="1:190">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">presence of vehicle tracks (soil disturbances)</t>
+            <t xml:space="preserve">presenza di tracce di veicoli (perturbazione del suolo)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #729</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:190" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="70" spans="1:190">
       <c r="A70" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="71" spans="1:190" customHeight="1" ht="29">
       <c r="A71" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="73" spans="1:190">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="74" spans="1:190" customHeight="1" ht="29">
       <c r="A74" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="76" spans="1:190">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:190" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="79" spans="1:190">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:190" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>132</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>