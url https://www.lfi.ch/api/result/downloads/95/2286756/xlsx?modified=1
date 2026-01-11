--- v0 (2026-01-09)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>conifers and broadleaves</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>massa della ramaglia commerciabile degli alberi vivi</t>
+  </si>
+  <si>
+    <t>conifere e latifoglie</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: million kg</t>
+      <t xml:space="preserve">: Mio kg</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,249 +373,249 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...5 lines deleted...]
-    <t>million kg</t>
+    <t>laghi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>Mio kg</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>conifere</t>
+  </si>
+  <si>
+    <t>latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2286756/624689</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">mass of merchantable branchwood from living trees</t>
+      <t xml:space="preserve">massa della ramaglia commerciabile degli alberi vivi</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #47</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of branches with a diameter ≥7 cm from living trees and shrubs with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Peso secco (massa) dei rami con un diametro di almeno 7 cm degli alberi e arbusti vivi con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">conifere e latifoglie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -967,238 +967,238 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="68" max="68" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="70" max="70" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="83" max="83" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="84" max="84" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="84" max="84" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="85" max="85" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="86" max="86" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="86" max="86" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="87" max="87" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="88" max="88" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="88" max="88" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="89" max="89" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="90" max="90" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="90" max="90" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="91" max="91" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="92" max="92" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="92" max="92" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="93" max="93" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="94" max="94" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="94" max="94" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="95" max="95" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="96" max="96" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="96" max="96" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="97" max="97" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="98" max="98" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="98" max="98" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="99" max="99" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="100" max="100" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="100" max="100" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="101" max="101" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="102" max="102" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="102" max="102" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="103" max="103" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="104" max="104" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="104" max="104" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="105" max="105" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="106" max="106" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="106" max="106" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="107" max="107" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="108" max="108" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="108" max="108" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="109" max="109" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="110" max="110" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="110" max="110" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="111" max="111" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="112" max="112" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="112" max="112" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="113" max="113" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="114" max="114" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="114" max="114" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="115" max="115" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="116" max="116" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="116" max="116" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="117" max="117" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="118" max="118" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="118" max="118" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="119" max="119" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="120" max="120" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="120" max="120" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="121" max="121" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="122" max="122" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="122" max="122" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="123" max="123" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="124" max="124" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="124" max="124" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="125" max="125" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="126" max="126" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="126" max="126" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="127" max="127" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="128" max="128" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="128" max="128" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="129" max="129" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="130" max="130" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="130" max="130" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="131" max="131" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="132" max="132" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="132" max="132" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="133" max="133" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="134" max="134" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="134" max="134" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="135" max="135" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="136" max="136" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="136" max="136" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="137" max="137" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="138" max="138" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="138" max="138" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="139" max="139" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="140" max="140" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="140" max="140" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="141" max="141" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="142" max="142" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="142" max="142" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="143" max="143" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="144" max="144" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="144" max="144" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="145" max="145" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="146" max="146" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="146" max="146" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="147" max="147" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="148" max="148" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="148" max="148" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="149" max="149" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="150" max="150" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="150" max="150" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="151" max="151" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="152" max="152" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="152" max="152" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="153" max="153" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="154" max="154" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="154" max="154" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="155" max="155" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="156" max="156" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="156" max="156" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="157" max="157" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="158" max="158" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="158" max="158" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="159" max="159" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="160" max="160" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="160" max="160" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="161" max="161" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="162" max="162" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="162" max="162" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="163" max="163" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="164" max="164" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="164" max="164" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="165" max="165" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="166" max="166" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="166" max="166" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="167" max="167" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="168" max="168" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="168" max="168" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="169" max="169" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="170" max="170" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="170" max="170" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="171" max="171" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="172" max="172" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="172" max="172" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="173" max="173" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="174" max="174" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="174" max="174" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="175" max="175" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="176" max="176" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="176" max="176" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="177" max="177" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="178" max="178" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="178" max="178" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="179" max="179" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="180" max="180" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="180" max="180" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="181" max="181" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="182" max="182" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="182" max="182" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="183" max="183" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="184" max="184" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="184" max="184" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="185" max="185" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="186" max="186" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="186" max="186" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="187" max="187" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="188" max="188" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="188" max="188" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="189" max="189" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:189">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:189">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:189">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:189">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:189">
       <c r="A5" t="s">
@@ -5197,51 +5197,51 @@
         <v>0</v>
       </c>
       <c r="GE17" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF17" s="6">
         <v>10896</v>
       </c>
       <c r="GG17" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="18" spans="1:189" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2286756/624689</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -5415,191 +5415,191 @@
       <c r="FW18" s="3"/>
       <c r="FX18" s="3"/>
       <c r="FY18" s="3"/>
       <c r="FZ18" s="3"/>
       <c r="GA18" s="3"/>
       <c r="GB18" s="3"/>
       <c r="GC18" s="3"/>
       <c r="GD18" s="3"/>
       <c r="GE18" s="3"/>
       <c r="GF18" s="3"/>
       <c r="GG18" s="3"/>
     </row>
     <row r="21" spans="1:189">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">mass of merchantable branchwood from living trees</t>
+            <t xml:space="preserve">massa della ramaglia commerciabile degli alberi vivi</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #47</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:189" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="24" spans="1:189">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">conifere e latifoglie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:189" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="27" spans="1:189">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:189" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="30" spans="1:189">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:189" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="33" spans="1:189">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:189" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>121</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>