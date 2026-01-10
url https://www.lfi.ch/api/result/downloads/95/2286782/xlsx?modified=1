--- v0 (2026-01-08)
+++ v1 (2026-01-10)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>fasce vegetazionali NaiS (6 classi)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Totholzmenge</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m³/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>circondario forestale (2024)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,258 +373,258 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
-[...2 lines deleted...]
-    <t>Svizzera</t>
+    <t>Seen</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>m³/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>subalpina superiore</t>
-[...17 lines deleted...]
-    <t>totale</t>
+    <t>obersubalpin</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>hochmontan</t>
+  </si>
+  <si>
+    <t>unter- und obermontan</t>
+  </si>
+  <si>
+    <t>submontan</t>
+  </si>
+  <si>
+    <t>hyperinsubrisch und kollin</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2286782/624714</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">quantità di legno morto</t>
+      <t xml:space="preserve">Totholzmenge</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #214</t>
     </r>
   </si>
   <si>
-    <t>Volume di legno del fusto degli alberi e arbusti morti in piedi di almeno 12 cm di diametro a petto d'uomo (DPU), a cui viene dedotto il volume dei pezzi del fusto rotti, nonché il volume del legno morto a terra di almeno 7 cm di diametro (legno commerciabile) senza parti di legno commerciabile nei mucchi di rami.</t>
+    <t>Schaftholzvolumen der stehenden toten Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), reduziert um das Volumen der abgebrochenen Schaftstücke, sowie das Volumen des liegenden Totholzes ab 7 cm Durchmesser (Derbholz) ohne Derbholzstücke in Asthaufen.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -976,51 +976,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -6913,51 +6913,51 @@
         <v>0.0</v>
       </c>
       <c r="GE20" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF20" s="6">
         <v>41.6</v>
       </c>
       <c r="GG20" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2286782/624714</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -7131,191 +7131,191 @@
       <c r="FW21" s="3"/>
       <c r="FX21" s="3"/>
       <c r="FY21" s="3"/>
       <c r="FZ21" s="3"/>
       <c r="GA21" s="3"/>
       <c r="GB21" s="3"/>
       <c r="GC21" s="3"/>
       <c r="GD21" s="3"/>
       <c r="GE21" s="3"/>
       <c r="GF21" s="3"/>
       <c r="GG21" s="3"/>
     </row>
     <row r="24" spans="1:189">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">quantità di legno morto</t>
+            <t xml:space="preserve">Totholzmenge</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #214</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:189" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="27" spans="1:189">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:189" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="30" spans="1:189">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:189" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:189">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:189" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="36" spans="1:189">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:189" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>124</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>