--- v0 (2026-01-23)
+++ v1 (2026-01-24)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
-    <t>LFI5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>Anteil Waldprobeflächen</t>
+    <t>proportion of forest plots</t>
   </si>
   <si>
-    <t>Spuren von Steinschlag · Bestandesdichteindex (4 Klassen)</t>
+    <t>traces of rockfall · stand density index (SDI – in 4 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>Forstkreis (2024)</t>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,293 +373,293 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
+    <t>lakes</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>Spuren von Steinschlag</t>
+    <t>traces of rockfall</t>
   </si>
   <si>
-    <t>Bestandesdichteindex (4 Klassen)</t>
+    <t>stand density index (SDI – in 4 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t xml:space="preserve">=400 (räumig bis aufgelöst) </t>
+    <t>=400 (open to scattered)</t>
   </si>
   <si>
-    <t>401-800 (normal bis locker)</t>
+    <t>401-800 (normal to loose)</t>
   </si>
   <si>
-    <t>801-1200 (dicht)</t>
+    <t>801-1200 (dense)</t>
   </si>
   <si>
-    <t>&gt;1200 (sehr dicht)</t>
+    <t>&gt;1200 (very dense)</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
-    <t>vorhanden</t>
+    <t>present</t>
   </si>
   <si>
-    <t>nicht vorhanden</t>
+    <t>not present</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2286966/624898</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Spuren von Steinschlag</t>
+      <t xml:space="preserve">traces of rockfall</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #26</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen mit/ohne aktuelle Spuren von Stein- oder Blockschlag auf der Interpretationsfläche (50 × 50 m). Grundlage: Feldaufnahme (MID 195: Steinschlag)</t>
+    <t>Sample plots with/without current traces of rockfall on the interpretation plot (50 × 50 m). Reference: Field Survey (MID 195: Steinschlag)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bestandesdichteindex (4 Klassen)</t>
+      <t xml:space="preserve">stand density index (SDI – in 4 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1257</t>
     </r>
   </si>
   <si>
-    <t>Dichte eines Bestandes in vier Klassen. Der Bestandesdichteindex (Stand Density Index SDI) wird aus der Stammzahl pro Hektare der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) und dem Mitteldurchmesser berechnet. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
+    <t>Density of a stand – in four classes. The Stand Density Index (SDI) is calculated on the basis of the number of stems per hectare of trees and shrubs ≥12 cm in diameter at breast height (dbh) and the mean diameter. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1014,52 +1014,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="29.279" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -16093,51 +16093,51 @@
         <v>108</v>
       </c>
       <c r="GF36" s="7" t="s">
         <v>108</v>
       </c>
       <c r="GG36" s="7">
         <v>100.0</v>
       </c>
       <c r="GH36" s="7" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="37" spans="1:190" customHeight="1" ht="21.75">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2286966/624898</t>
           </r>
         </is>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
@@ -16311,226 +16311,226 @@
       <c r="FX37" s="3"/>
       <c r="FY37" s="3"/>
       <c r="FZ37" s="3"/>
       <c r="GA37" s="3"/>
       <c r="GB37" s="3"/>
       <c r="GC37" s="3"/>
       <c r="GD37" s="3"/>
       <c r="GE37" s="3"/>
       <c r="GF37" s="3"/>
       <c r="GG37" s="3"/>
       <c r="GH37" s="3"/>
     </row>
     <row r="40" spans="1:190">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:190" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="43" spans="1:190">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Spuren von Steinschlag</t>
+            <t xml:space="preserve">traces of rockfall</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #26</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:190" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:190">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Bestandesdichteindex (4 Klassen)</t>
+            <t xml:space="preserve">stand density index (SDI – in 4 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1257</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:190" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="49" spans="1:190">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:190" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="52" spans="1:190">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:190" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="55" spans="1:190">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:190" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>128</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>