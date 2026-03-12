--- v0 (2025-10-26)
+++ v1 (2026-03-12)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>surface terrière du bois mort</t>
+  </si>
+  <si>
+    <t>étages de végétation NaiS (6 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: arrondissement forestier (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>arrondissement forestier (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,258 +373,258 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...2 lines deleted...]
-    <t>Switzerland</t>
+    <t>lacs</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
-[...14 lines deleted...]
-    <t>hyperinsubric and colline</t>
+    <t>subalpin supérieur</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>haut-montagnard</t>
+  </si>
+  <si>
+    <t>montagnard inférieur et supérieur</t>
+  </si>
+  <si>
+    <t>submontagnard</t>
+  </si>
+  <si>
+    <t>hyperinsubrique et collinéen</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2287144/625076</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area of deadwood</t>
+      <t xml:space="preserve">surface terrière du bois mort</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #171</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of all dead trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Somme des sections transversales à 1,3 m de hauteur (point de mesure du diamètre à hauteur de poitrine [DHP]) des arbres et arbustes morts (sur pied et à terre) d'au moins 12 cm de DHP.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">étages de végétation NaiS (6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005), ramenée à six classes. Cette variable constitue une simplification des étages altitudinaux de végétation NaiS en dix classes (NAISHSTKOMB), résultant de la fusion des classes «hyperinsubrique», «collinéen» et «collinéen avec hêtre» dans la classe «hyperinsubrique et collinéen», et des classes «montagnard inférieur», «montagnard supérieur» et «montagnard inférieur/supérieur» dans la classe «montagnard inférieur et supérieur». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">arrondissement forestier (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Découpage régional dont les arrondissements forestiers constituent l'unité. Cette variable se base sur une enquête réalisée auprès des services forestiers cantonaux durant l’hiver 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -976,51 +976,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -6913,51 +6913,51 @@
         <v>0.0</v>
       </c>
       <c r="GE20" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF20" s="6">
         <v>3.3</v>
       </c>
       <c r="GG20" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2287144/625076</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -7131,191 +7131,191 @@
       <c r="FW21" s="3"/>
       <c r="FX21" s="3"/>
       <c r="FY21" s="3"/>
       <c r="FZ21" s="3"/>
       <c r="GA21" s="3"/>
       <c r="GB21" s="3"/>
       <c r="GC21" s="3"/>
       <c r="GD21" s="3"/>
       <c r="GE21" s="3"/>
       <c r="GF21" s="3"/>
       <c r="GG21" s="3"/>
     </row>
     <row r="24" spans="1:189">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area of deadwood</t>
+            <t xml:space="preserve">surface terrière du bois mort</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #171</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:189" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="27" spans="1:189">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">étages de végétation NaiS (6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:189" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="30" spans="1:189">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">arrondissement forestier (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:189" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:189">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:189" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="36" spans="1:189">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:189" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>124</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>