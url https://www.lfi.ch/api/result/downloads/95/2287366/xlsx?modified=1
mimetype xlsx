--- v0 (2026-01-09)
+++ v1 (2026-01-09)
@@ -17,128 +17,128 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>numero di fusti morti</t>
+    <t>nombre de tiges de bois mort</t>
   </si>
   <si>
-    <t>legno morto: consistenza del legno (3 classi) · legno morto: rinnovazione (3 classi)</t>
+    <t>bois mort: résistance du bois (3 classes) · bois mort: régénération (3 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2024)</t>
+      <t xml:space="preserve">: arrondissement forestier (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>état 2018/26</t>
   </si>
   <si>
-    <t>circondario forestale (2024)</t>
+    <t>arrondissement forestier (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,293 +373,293 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
+    <t>lacs</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Suisse</t>
   </si>
   <si>
-    <t>legno morto: consistenza del legno (3 classi)</t>
+    <t>bois mort: résistance du bois (3 classes)</t>
   </si>
   <si>
-    <t>legno morto: rinnovazione (3 classi)</t>
+    <t>bois mort: régénération (3 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nessuna pianta</t>
+    <t>pas de plante</t>
   </si>
   <si>
-    <t>1 pianta</t>
+    <t>1 plante</t>
   </si>
   <si>
-    <t>2 o più piante</t>
+    <t>2 plantes ou plus</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
-    <t>legno fresco o duro</t>
+    <t>bois frais ou dur</t>
   </si>
   <si>
-    <t>legno marcio</t>
+    <t>bois pourri</t>
   </si>
   <si>
-    <t>legno in decomposizione o putrefatto e inconsistente</t>
+    <t>bois en décomposition ou vermoulu</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2287366/625298</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di fusti morti</t>
+      <t xml:space="preserve">nombre de tiges de bois mort</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #116</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti degli alberi e degli arbusti morti (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
+    <t>Nombre de tiges d'arbres et d'arbustes morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">legno morto: consistenza del legno (3 classi)</t>
+      <t xml:space="preserve">bois mort: résistance du bois (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1301</t>
     </r>
   </si>
   <si>
-    <t>Stadio di decomposizione del legno degli alberi e arbusti morti (in piedi e a terra) a partire da 12 cm di diametro a petto d'uomo (DPU), in tre classi. Fonte: rilievo sul terreno (MID 419: Totholz - Festigkeit)</t>
+    <t>Stade de décomposition d'arbres et arbustes morts (sur pied et à terre) à partir de 12 cm de diamètre à hauteur de poitrine (DHP), en trois classes. Source: relevé de terrain (MID 419: Totholz - Festigkeit)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">legno morto: rinnovazione (3 classi)</t>
+      <t xml:space="preserve">bois mort: régénération (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1304</t>
     </r>
   </si>
   <si>
-    <t>Numero di giovani piante di conifere o latifoglie con una lunghezza di almeno 10 cm, radicate su un albero o arbusto morto a terra con un diametro a petto d'uomo (DPU) di almeno 12 cm, in 3 classi. Fonte: rilievo sul terreno (MID 426: Verjüngung auf Totholz)</t>
+    <t>Nombre de jeunes feuillus ou résineux d'au moins 10 cm de long ayant pris racine sur un arbre ou un arbuste mort à terre d'au moins 12 cm de diamètre à hauteur de poitrine (DHP), en trois classes. Source: relevé de terrain (MID 426: Verjüngung auf Totholz)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">arrondissement forestier (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Découpage régional dont les arrondissements forestiers constituent l'unité. Cette variable se base sur une enquête réalisée auprès des services forestiers cantonaux durant l’hiver 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1011,52 +1011,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -16662,51 +16662,51 @@
         <v>108</v>
       </c>
       <c r="GF37" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG37" s="6">
         <v>100.0</v>
       </c>
       <c r="GH37" s="6" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="38" spans="1:190" customHeight="1" ht="21.75">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2287366/625298</t>
           </r>
         </is>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3"/>
       <c r="I38" s="3"/>
       <c r="J38" s="3"/>
       <c r="K38" s="3"/>
       <c r="L38" s="3"/>
@@ -16880,226 +16880,226 @@
       <c r="FX38" s="3"/>
       <c r="FY38" s="3"/>
       <c r="FZ38" s="3"/>
       <c r="GA38" s="3"/>
       <c r="GB38" s="3"/>
       <c r="GC38" s="3"/>
       <c r="GD38" s="3"/>
       <c r="GE38" s="3"/>
       <c r="GF38" s="3"/>
       <c r="GG38" s="3"/>
       <c r="GH38" s="3"/>
     </row>
     <row r="41" spans="1:190">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di fusti morti</t>
+            <t xml:space="preserve">nombre de tiges de bois mort</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #116</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:190" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="44" spans="1:190">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">legno morto: consistenza del legno (3 classi)</t>
+            <t xml:space="preserve">bois mort: résistance du bois (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1301</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:190" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:190">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">legno morto: rinnovazione (3 classi)</t>
+            <t xml:space="preserve">bois mort: régénération (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1304</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:190" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="50" spans="1:190">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">arrondissement forestier (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:190" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="53" spans="1:190">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:190" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="56" spans="1:190">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:190" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>128</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>