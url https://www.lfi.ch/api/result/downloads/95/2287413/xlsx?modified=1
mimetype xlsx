--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>structural diversity of the forest edge (without herbaceous fringe)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione del margine boschivo</t>
+  </si>
+  <si>
+    <t>diversità strutturale del margine boschivo (senza orlo erbaceo)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest edge up to the montane vegetation belt</t>
+      <t xml:space="preserve">: margine boschivo fino alla fascia montana</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,249 +373,249 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...2 lines deleted...]
-    <t>Switzerland</t>
+    <t>laghi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>low</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>debole</t>
+  </si>
+  <si>
+    <t>media</t>
+  </si>
+  <si>
+    <t>elevata</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2287413/625345</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest edge</t>
+      <t xml:space="preserve">proporzione del margine boschivo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
+    <t>Proporzione di margine boschivo che presenta una certa caratteristica (ad es. diversità strutturale, diversità delle specie legnose, struttura del margine boschivo) rispetto al margine boschivo totale. Il margine boschivo è definito come la zona di transizione o limite tra il bosco ed altri elementi del paesaggio.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">structural diversity of the forest edge (without herbaceous fringe)</t>
+      <t xml:space="preserve">diversità strutturale del margine boschivo (senza orlo erbaceo)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2346</t>
     </r>
   </si>
   <si>
-    <t>Value of the forest edge with respect to its vertical and horizontal structure, without taking the herbaceaous fringe into account - in three classes. Reference: Field Survey (MID 37: Waldrandaufbau, MID 42: Waldrandverlauf, MID 43: Waldranddichte, MID 38: Waldmantelbreite, MID 39: Strauchgürtelbreite)</t>
+    <t>Valore del margine boschivo in termini di struttura verticale e orizzontale in tre classi, senza considerare l'orlo erbaceo. Fonte: rilievo sul terreno (MID 37: Waldrandaufbau, MID 42: Waldrandverlauf, MID 43: Waldranddichte, MID 38: Waldmantelbreite, MID 39: Strauchgürtelbreite)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest edge up to the montane vegetation belt</t>
+      <t xml:space="preserve">margine boschivo fino alla fascia montana</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2677</t>
     </r>
   </si>
   <si>
-    <t>Forest edge in the NaiS altitudinal vegetation belts: «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane». Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
+    <t>Margine boschivo nelle fasce vegetazionali NaiS iperinsubrica, collinare, collinare con faggio, submontana, montana inferiore, montana superiore, montana inferiore/superiore ed altimontana. Fonte: rilievo sul terreno (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -967,51 +967,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="77.695" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -5197,51 +5197,51 @@
         <v>106</v>
       </c>
       <c r="GE17" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF17" s="6">
         <v>100.0</v>
       </c>
       <c r="GG17" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="18" spans="1:189" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2287413/625345</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -5415,191 +5415,191 @@
       <c r="FW18" s="3"/>
       <c r="FX18" s="3"/>
       <c r="FY18" s="3"/>
       <c r="FZ18" s="3"/>
       <c r="GA18" s="3"/>
       <c r="GB18" s="3"/>
       <c r="GC18" s="3"/>
       <c r="GD18" s="3"/>
       <c r="GE18" s="3"/>
       <c r="GF18" s="3"/>
       <c r="GG18" s="3"/>
     </row>
     <row r="21" spans="1:189">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest edge</t>
+            <t xml:space="preserve">proporzione del margine boschivo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:189" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="24" spans="1:189">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">structural diversity of the forest edge (without herbaceous fringe)</t>
+            <t xml:space="preserve">diversità strutturale del margine boschivo (senza orlo erbaceo)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2346</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:189" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="27" spans="1:189">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:189" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="30" spans="1:189">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest edge up to the montane vegetation belt</t>
+            <t xml:space="preserve">margine boschivo fino alla fascia montana</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2677</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:189" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="33" spans="1:189">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:189" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>121</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>