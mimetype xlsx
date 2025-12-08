--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldrandaufbau</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest edge</t>
+  </si>
+  <si>
+    <t>structure of forest edge</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: Waldrand bis montane Stufe</t>
+      <t xml:space="preserve">: forest edge up to the montane vegetation belt</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Forstkreis (2024)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,261 +373,261 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
-[...2 lines deleted...]
-    <t>Schweiz</t>
+    <t>lakes</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>ohne Waldmantel, ohne Strauchgürtel</t>
-[...20 lines deleted...]
-    <t>Total</t>
+    <t>without shelterbelt, without shrub belt</t>
+  </si>
+  <si>
+    <t>without shelterbelt, with shrub belt</t>
+  </si>
+  <si>
+    <t>steep shelterbelt, without shrub belt</t>
+  </si>
+  <si>
+    <t>protruding shelterbelt, without shrub belt</t>
+  </si>
+  <si>
+    <t>shrub belt under shelterbelt</t>
+  </si>
+  <si>
+    <t xml:space="preserve">shrub belt in front of shelterbelt </t>
+  </si>
+  <si>
+    <t>shrub belt and a stepped, loose shelterbelt</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2287677/625609</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrandanteil</t>
+      <t xml:space="preserve">proportion of forest edge</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Anteil des Waldrandes mit einer bestimmten Eigenschaft (z.B. Strukturvielfalt, Gehölzartenvielfalt, Waldrandaufbau) am gesamten Waldrand. Dabei ist der Waldrand der Grenz- oder Übergangsbereich zwischen der Vegetationsform Wald und anderen Elementen der Landschaft.</t>
+    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrandaufbau</t>
+      <t xml:space="preserve">structure of forest edge</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #579</t>
     </r>
   </si>
   <si>
-    <t>Ausbildung des Übergangs vom Wald zum Freiland in sieben Klassen. Grundlage: Feldaufnahme (MID 37: Waldrandaufbau)</t>
+    <t>Formation of the transition from forest to open land - in seven classes. Reference: Field Survey (MID 37: Waldrandaufbau)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrand bis montane Stufe</t>
+      <t xml:space="preserve">forest edge up to the montane vegetation belt</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2677</t>
     </r>
   </si>
   <si>
-    <t>Waldrand in den NaiS-Vegetationshöhenstufen hyperinsubrisch, kollin, kollin mit Buche, submontan, untermontan, obermontan, unter-/obermontan und hochmontan. Grundlage: Feldaufnahme (MID 29: Waldrandbeschreibung)</t>
+    <t>Forest edge in the NaiS altitudinal vegetation belts: «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane». Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -979,51 +979,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -7485,51 +7485,51 @@
         <v>106</v>
       </c>
       <c r="GE21" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF21" s="6">
         <v>100.0</v>
       </c>
       <c r="GG21" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="22" spans="1:189" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2287677/625609</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
@@ -7703,191 +7703,191 @@
       <c r="FW22" s="3"/>
       <c r="FX22" s="3"/>
       <c r="FY22" s="3"/>
       <c r="FZ22" s="3"/>
       <c r="GA22" s="3"/>
       <c r="GB22" s="3"/>
       <c r="GC22" s="3"/>
       <c r="GD22" s="3"/>
       <c r="GE22" s="3"/>
       <c r="GF22" s="3"/>
       <c r="GG22" s="3"/>
     </row>
     <row r="25" spans="1:189">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrandanteil</t>
+            <t xml:space="preserve">proportion of forest edge</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:189" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="28" spans="1:189">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrandaufbau</t>
+            <t xml:space="preserve">structure of forest edge</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #579</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:189" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="31" spans="1:189">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:189" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="34" spans="1:189">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrand bis montane Stufe</t>
+            <t xml:space="preserve">forest edge up to the montane vegetation belt</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2677</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:189" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="37" spans="1:189">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:189" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>125</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>