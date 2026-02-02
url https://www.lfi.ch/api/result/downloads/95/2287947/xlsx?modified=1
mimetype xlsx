--- v0 (2025-12-16)
+++ v1 (2026-02-02)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>proportion of forest plots</t>
+    <t>proportion de placettes en forêt</t>
   </si>
   <si>
-    <t>protection forest (2022) · area of largest gap (5 classes)</t>
+    <t>forêt protectrice (2022) · surface de la plus grande trouée (5 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: arrondissement forestier (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotal</t>
+      <t xml:space="preserve">: %, sous-total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">: forêt accessible IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>état 2018/26</t>
   </si>
   <si>
-    <t>forest district (2024)</t>
+    <t>arrondissement forestier (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,296 +373,296 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
+    <t>lacs</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Suisse</t>
   </si>
   <si>
-    <t>protection forest (2022)</t>
+    <t>forêt protectrice (2022)</t>
   </si>
   <si>
-    <t>area of largest gap (5 classes)</t>
+    <t>surface de la plus grande trouée (5 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no gap (&lt;100 m2)</t>
+    <t>pas de trouée (&lt;100 m2)</t>
   </si>
   <si>
-    <t>small gap 100-500 m2)</t>
+    <t>petite trouée (100-500 m2)</t>
   </si>
   <si>
-    <t>medium gap (500-1000 m2)</t>
+    <t>trouée moyenne (500-1000 m2)</t>
   </si>
   <si>
-    <t>large gap (1000-5000 m2)</t>
+    <t>grande trouée (1000-5000 m2)</t>
   </si>
   <si>
-    <t>very large gap (&gt;5000 m2)</t>
+    <t>très grande trouée (&gt;5000 m2)</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>inside</t>
+    <t>à l'intérieur</t>
   </si>
   <si>
-    <t>outside</t>
+    <t>à l'extérieur</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2287947/625879</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proportion de placettes en forêt</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proportion de placettes d'échantillonnage qui correspondent à la définition IFN de la forêt, c'est-à-dire qui sont couvertes par de la «forêt sans la forêt buissonnante» ou de la «forêt buissonnante».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest (2022)</t>
+      <t xml:space="preserve">forêt protectrice (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2576</t>
     </r>
   </si>
   <si>
-    <t>Area inside/outside the protective forest that the cantons had designated in 2022 according to the harmonised criteria of SilvaProtect-CH (Losey &amp; Wehrli 2013). In 2022, Canton Aargau had not yet designated its protective forest. Reference: GIS data from FOEN, 2022</t>
+    <t>Zone située à l'intérieur/à l'extérieur d'une forêt protectrice délimitée en 2022 par les cantons selon les critères harmonisés de Silvaprotect-CH (Losey et Wehrli 2013). En 2022, le Canton d'Argovie n'avait pas encore délimité le périmètre de ses forêts protectrices. Source: données SIG de l'OFEV, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area of largest gap (5 classes)</t>
+      <t xml:space="preserve">surface de la plus grande trouée (5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1338</t>
     </r>
   </si>
   <si>
-    <t>Sample plots without/with gaps ≥100 m² from canopy edge to canopy edge that intersect with the interpretation area (50 × 50 m), classified according to the area of the largest gap into five classes. Reference: aerial photo interpretation</t>
+    <t>Placettes d'échantillonnage avec/sans trouées ≥100 m² d'un bord de couronne à l'autre recoupant la surface d'interprétation (50 × 50 m), classées en fonction de la surface de la plus grande trouée. Source: interprétation des photos aériennes</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">arrondissement forestier (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Découpage régional dont les arrondissements forestiers constituent l'unité. Cette variable se base sur une enquête réalisée auprès des services forestiers cantonaux durant l’hiver 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">forêt accessible IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Zone correspondant à la définition forestière de l'IFN, c'est-à-dire «forêt sans la forêt buissonnante» ou «forêt buissonnante», à la fois dans l'IFN4 (2009-2017) et dans l'IFN5 (2018-2026), et atteignable à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1015,51 +1015,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -18373,51 +18373,51 @@
         <v>108</v>
       </c>
       <c r="GF40" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG40" s="6">
         <v>100.0</v>
       </c>
       <c r="GH40" s="6" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="41" spans="1:190" customHeight="1" ht="21.75">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2287947/625879</t>
           </r>
         </is>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
@@ -18591,226 +18591,226 @@
       <c r="FX41" s="3"/>
       <c r="FY41" s="3"/>
       <c r="FZ41" s="3"/>
       <c r="GA41" s="3"/>
       <c r="GB41" s="3"/>
       <c r="GC41" s="3"/>
       <c r="GD41" s="3"/>
       <c r="GE41" s="3"/>
       <c r="GF41" s="3"/>
       <c r="GG41" s="3"/>
       <c r="GH41" s="3"/>
     </row>
     <row r="44" spans="1:190">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proportion de placettes en forêt</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:190" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="47" spans="1:190">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest (2022)</t>
+            <t xml:space="preserve">forêt protectrice (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2576</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:190" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="50" spans="1:190">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area of largest gap (5 classes)</t>
+            <t xml:space="preserve">surface de la plus grande trouée (5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1338</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:190" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="53" spans="1:190">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">arrondissement forestier (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:190" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="56" spans="1:190">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+            <t xml:space="preserve">forêt accessible IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:190" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="59" spans="1:190">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:190" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>129</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>