--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>number of stems (standing living trees) with microhabitat</t>
+    <t>numero di fusti (alberi vivi in piedi) con microhabitat</t>
   </si>
   <si>
-    <t>microhabitats (20 classes)</t>
+    <t>microhabitat (20 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>forest district (2024)</t>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,300 +373,300 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
+    <t>laghi</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>woodpecker breeding cavity</t>
+    <t>cavità di nidificazione di picidi</t>
   </si>
   <si>
-    <t>cavity (&lt;5 cm depth)</t>
+    <t>cavità superficiale (&lt;5 cm di profondità)</t>
   </si>
   <si>
-    <t>cavity (&gt;5 cm depth)</t>
+    <t>cavità (&gt;5 cm di profondità)</t>
   </si>
   <si>
-    <t>damage from insects</t>
+    <t>danni da insetti</t>
   </si>
   <si>
-    <t>dendrotelm</t>
+    <t>dendrotelma</t>
   </si>
   <si>
-    <t>buttress-root concavity</t>
+    <t>cavità nei contrafforti radicali</t>
   </si>
   <si>
-    <t>bark loss</t>
+    <t>scortecciamento</t>
   </si>
   <si>
-    <t>fire scar</t>
+    <t>lesione da fuoco</t>
   </si>
   <si>
-    <t>bark shelter/pocket</t>
+    <t>tasca nella corteccia</t>
   </si>
   <si>
-    <t>fresh stem/large branch breakage</t>
+    <t>fusto spezzato fresco</t>
   </si>
   <si>
-    <t>broad crack</t>
+    <t>fessura larga</t>
   </si>
   <si>
-    <t>crown deadwood</t>
+    <t>legno morto nella chioma</t>
   </si>
   <si>
-    <t>canker or burrs</t>
+    <t>cancro o tumore</t>
   </si>
   <si>
-    <t>perennial fungal fruiting body</t>
+    <t>corpo fruttifero di fungini perenni</t>
   </si>
   <si>
-    <t>ephemeral fungal fruiting body</t>
+    <t>corpo fruttifero di funghi effimeri</t>
   </si>
   <si>
-    <t>bryophytes &gt;10%</t>
+    <t>muschi &gt;10%</t>
   </si>
   <si>
-    <t>lichens &gt;10%</t>
+    <t>licheni &gt;10%</t>
   </si>
   <si>
-    <t>ivy &gt;10%</t>
+    <t>edera &gt;10%</t>
   </si>
   <si>
-    <t>resinosis</t>
+    <t xml:space="preserve">colata di resina </t>
   </si>
   <si>
-    <t>other microhabitats</t>
+    <t>altri microhabitat</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2288066/625998</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems (standing living trees) with microhabitat</t>
+      <t xml:space="preserve">numero di fusti (alberi vivi in piedi) con microhabitat</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #402</t>
     </r>
   </si>
   <si>
-    <t>Number of standing living trees and shrubs ≥12 cm in diameter at breast height (dbh) on which a microhabitat was found. Since various microhabitats at a time may be found on the same tree, the tree may contribute to the number of stems (standing-living) of several different microhabitats. Microhabitats are defined as: fungal fruiting bodies; areas on the stem where moss, lichen or ivy covers more than 10%; woodpecker breeding cavity; shallow tree cavity; wide crack; bark pocket; fresh break; dendrotelm; canker or burr; buttress-root concavity; deep tree cavity; area of exposed bare wood larger than a hand; stag-headedness; resin flow; insect damage (foot of trunk /trunk/stem); &gt;20% dead branches.</t>
+    <t>Numero di alberi e arbusti vivi in piedi a partire da 12 cm di diametro a petto d'uomo, sui quali è stato rilevato un microhabitat. Visto che un albero può presentare contemporaneamente più microhabitat, esso può contribuire al numero di fusti (vivi e in piedi) di diversi microhabitat. Vengono considerati microhabitat: corpi fruttiferi fungini; tronco ricoperto per più del 10% da muschi, licheni o edera; cavità di nidificazione di picidi; cavità poco profonda dell'albero; ampia fessura; tasca nella corteccia; fusto o branca spezzata con durame esposto; dendrotelma; tumore o cancro; cavità nei contrafforti radicali; cavità profonda dell'albero; scortecciamento a partire dalla dimensione di una mano; cima secca; flusso di resina; danni da insetti (base del tronco/tronco/fusto); rami morti &gt;20%.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">microhabitats (20 classes)</t>
+      <t xml:space="preserve">microhabitat (20 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2360</t>
     </r>
   </si>
   <si>
-    <t>Type of microhabitat that occurs at least once on a tree or shrub ≥12 cm in diameter at breast height (dbh). Reference: Field Survey (MID 819: Bemerkung zu Ex-LFI-Probebaum, MID1027: Baumschadenart, MID 1035-1049: Baummikrohabitate)</t>
+    <t>Tipo di microhabitat presente almeno una volta su un albero o un arbusto a partire da 12 cm di diametro a petto d'uomo (DPU). Fonte: rilievo sul terreno (MID 819: Bemerkung zu Ex-LFI-Probebaum, MID1027: Baumschadenart, MID 1035-1049: Baummikrohabitate)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1018,51 +1018,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="8.141" bestFit="true" customWidth="true" style="0"/>
@@ -14921,51 +14921,51 @@
         <v>106</v>
       </c>
       <c r="GE34" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF34" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GG34" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="35" spans="1:189" customHeight="1" ht="21.75">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2288066/625998</t>
           </r>
         </is>
       </c>
       <c r="B35" s="3"/>
       <c r="C35" s="3"/>
       <c r="D35" s="3"/>
       <c r="E35" s="3"/>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
       <c r="I35" s="3"/>
       <c r="J35" s="3"/>
       <c r="K35" s="3"/>
@@ -15139,191 +15139,191 @@
       <c r="FW35" s="3"/>
       <c r="FX35" s="3"/>
       <c r="FY35" s="3"/>
       <c r="FZ35" s="3"/>
       <c r="GA35" s="3"/>
       <c r="GB35" s="3"/>
       <c r="GC35" s="3"/>
       <c r="GD35" s="3"/>
       <c r="GE35" s="3"/>
       <c r="GF35" s="3"/>
       <c r="GG35" s="3"/>
     </row>
     <row r="38" spans="1:189">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems (standing living trees) with microhabitat</t>
+            <t xml:space="preserve">numero di fusti (alberi vivi in piedi) con microhabitat</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #402</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:189" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="41" spans="1:189">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">microhabitats (20 classes)</t>
+            <t xml:space="preserve">microhabitat (20 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2360</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:189" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="44" spans="1:189">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:189" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="47" spans="1:189">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:189" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="50" spans="1:189">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:189" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>138</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>