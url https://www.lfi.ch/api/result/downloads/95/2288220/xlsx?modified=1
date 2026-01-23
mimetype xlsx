--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>ecotone value</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldrandanteil</t>
+  </si>
+  <si>
+    <t>Ökotonwert</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest edge up to the montane vegetation belt NFI2-NFI5</t>
+      <t xml:space="preserve">: Waldrand bis montane Stufe LFI2-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,249 +373,249 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...2 lines deleted...]
-    <t>Switzerland</t>
+    <t>Seen</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>low</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>gering</t>
+  </si>
+  <si>
+    <t>mittel</t>
+  </si>
+  <si>
+    <t>hoch</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2288220/626152</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest edge</t>
+      <t xml:space="preserve">Waldrandanteil</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
+    <t>Anteil des Waldrandes mit einer bestimmten Eigenschaft (z.B. Strukturvielfalt, Gehölzartenvielfalt, Waldrandaufbau) am gesamten Waldrand. Dabei ist der Waldrand der Grenz- oder Übergangsbereich zwischen der Vegetationsform Wald und anderen Elementen der Landschaft.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ecotone value</t>
+      <t xml:space="preserve">Ökotonwert</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1284</t>
     </r>
   </si>
   <si>
-    <t>Ecological value of the forest edge as a habitat for animals and plants, classified into three classes according to the structural diversity and diversity of woody species along the forest edge. Reference: Field Survey (various attributes)</t>
+    <t>Ökologischer Wert des Waldrandes als Lebensraum für Tiere und Pflanzen in drei Klassen, abgeleitet aus der Strukturvielfalt und der Gehölzartenvielfalt am Waldrand. Grundlage: Feldaufnahme (diverse Merkmale)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest edge up to the montane vegetation belt NFI2-NFI5</t>
+      <t xml:space="preserve">Waldrand bis montane Stufe LFI2-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2675</t>
     </r>
   </si>
   <si>
-    <t>Forest edge in the NaiS altitudinal vegetation belts «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane», which was recorded during the four Inventories NFI2, NFI3, NFI4 and NFI5. Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
+    <t>Waldrand in den NaiS-Vegetationshöhenstufen hyperinsubrisch, kollin, kollin mit Buche, submontan, untermontan, obermontan, unter-/obermontan und hochmontan, der in den vier Inventuren LFI2, LFI3, LFI4 und LFI5 erfasst worden war. Grundlage: Feldaufnahme (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -967,51 +967,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -5197,51 +5197,51 @@
         <v>106</v>
       </c>
       <c r="GE17" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF17" s="6">
         <v>100.0</v>
       </c>
       <c r="GG17" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="18" spans="1:189" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2288220/626152</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -5415,191 +5415,191 @@
       <c r="FW18" s="3"/>
       <c r="FX18" s="3"/>
       <c r="FY18" s="3"/>
       <c r="FZ18" s="3"/>
       <c r="GA18" s="3"/>
       <c r="GB18" s="3"/>
       <c r="GC18" s="3"/>
       <c r="GD18" s="3"/>
       <c r="GE18" s="3"/>
       <c r="GF18" s="3"/>
       <c r="GG18" s="3"/>
     </row>
     <row r="21" spans="1:189">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest edge</t>
+            <t xml:space="preserve">Waldrandanteil</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:189" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="24" spans="1:189">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ecotone value</t>
+            <t xml:space="preserve">Ökotonwert</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1284</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:189" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="27" spans="1:189">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:189" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="30" spans="1:189">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest edge up to the montane vegetation belt NFI2-NFI5</t>
+            <t xml:space="preserve">Waldrand bis montane Stufe LFI2-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2675</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:189" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="33" spans="1:189">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:189" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>121</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>