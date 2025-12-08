--- v0 (2025-12-08)
+++ v1 (2025-12-08)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>anthropogene Überbelastungen und Störungen</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>human overuse and disturbance</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Forstkreis (2024)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,261 +373,261 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
-[...2 lines deleted...]
-    <t>Schweiz</t>
+    <t>lakes</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Überbelastung</t>
-[...20 lines deleted...]
-    <t>Total</t>
+    <t>no overload</t>
+  </si>
+  <si>
+    <t>recreational overload</t>
+  </si>
+  <si>
+    <t>other overload</t>
+  </si>
+  <si>
+    <t>landfill</t>
+  </si>
+  <si>
+    <t>old drainage</t>
+  </si>
+  <si>
+    <t>new drainage</t>
+  </si>
+  <si>
+    <t>constructions (without roads)</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2288283/626215</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">anthropogene Überbelastungen und Störungen</t>
+      <t xml:space="preserve">human overuse and disturbance</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #23</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen mit/ohne Zeichen auf der Interpretationsfläche (50 × 50 m), dass der Waldbestand oder der Waldstandort einer sehr starken (übermässigen) Erholungsnutzung oder einem anderen starken menschlichen Einfluss (z.B. Deponie, Flächenentwässerung, Baute) ausgesetzt ist, und im Falle von solchen Zeichen, Angabe der Art der Überbelastung oder Störung. Grundlage: Feldaufnahme (MID 219: Überbelastung und Störung)</t>
+    <t>Sample plots with/without signs on the interpretation plot (50 × 50 m) that the forest stand or forest site is subject to very intense (excessive) recreational use or other strong human influence (e.g. landfill, land drainage, construction). Where there are such signs, indication of the type of overuse or disturbance. Reference: Field Survey (MID 219: Spuren von Überbelastungen und Störungen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -979,51 +979,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -7485,51 +7485,51 @@
         <v>106</v>
       </c>
       <c r="GE21" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF21" s="6">
         <v>100.0</v>
       </c>
       <c r="GG21" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="22" spans="1:189" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2288283/626215</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
@@ -7703,191 +7703,191 @@
       <c r="FW22" s="3"/>
       <c r="FX22" s="3"/>
       <c r="FY22" s="3"/>
       <c r="FZ22" s="3"/>
       <c r="GA22" s="3"/>
       <c r="GB22" s="3"/>
       <c r="GC22" s="3"/>
       <c r="GD22" s="3"/>
       <c r="GE22" s="3"/>
       <c r="GF22" s="3"/>
       <c r="GG22" s="3"/>
     </row>
     <row r="25" spans="1:189">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:189" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="28" spans="1:189">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">anthropogene Überbelastungen und Störungen</t>
+            <t xml:space="preserve">human overuse and disturbance</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #23</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:189" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="31" spans="1:189">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:189" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="34" spans="1:189">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:189" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="37" spans="1:189">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:189" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>125</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>