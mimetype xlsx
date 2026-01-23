--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>human overuse and disturbance</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>sovraccarichi e disturbi umani</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,261 +373,261 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...2 lines deleted...]
-    <t>Switzerland</t>
+    <t>laghi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no overload</t>
-[...20 lines deleted...]
-    <t>total</t>
+    <t>nessun sovraccarico</t>
+  </si>
+  <si>
+    <t>sovraccarico dovuto all'uso ricreativo</t>
+  </si>
+  <si>
+    <t>altri sovraccarichi</t>
+  </si>
+  <si>
+    <t>deponie/discariche</t>
+  </si>
+  <si>
+    <t>vecchi drenaggi</t>
+  </si>
+  <si>
+    <t>nuovi drenaggi</t>
+  </si>
+  <si>
+    <t>costruzioni (senza strade)</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2288283/626215</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">human overuse and disturbance</t>
+      <t xml:space="preserve">sovraccarichi e disturbi umani</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #23</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without signs on the interpretation plot (50 × 50 m) that the forest stand or forest site is subject to very intense (excessive) recreational use or other strong human influence (e.g. landfill, land drainage, construction). Where there are such signs, indication of the type of overuse or disturbance. Reference: Field Survey (MID 219: Spuren von Überbelastungen und Störungen)</t>
+    <t>Aree di saggio con/senza tracce nell'area di interpretazione (50 x 50 m), che indicano che il popolamento forestale o la stazione forestale sono soggetti a un uso ricreativo molto intenso (eccessivo) o ad altre pesanti influenze umane (ad esempio, discariche, drenaggio del terreno, costruzioni) e, nel caso di tali tracce, indicazione della natura del sovraccarico o del disturbo. Fonte: rilievo sul terreno (MID 219: Überbelastung und Störung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -979,51 +979,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -7485,51 +7485,51 @@
         <v>106</v>
       </c>
       <c r="GE21" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF21" s="6">
         <v>100.0</v>
       </c>
       <c r="GG21" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="22" spans="1:189" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2288283/626215</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
@@ -7703,191 +7703,191 @@
       <c r="FW22" s="3"/>
       <c r="FX22" s="3"/>
       <c r="FY22" s="3"/>
       <c r="FZ22" s="3"/>
       <c r="GA22" s="3"/>
       <c r="GB22" s="3"/>
       <c r="GC22" s="3"/>
       <c r="GD22" s="3"/>
       <c r="GE22" s="3"/>
       <c r="GF22" s="3"/>
       <c r="GG22" s="3"/>
     </row>
     <row r="25" spans="1:189">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:189" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="28" spans="1:189">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">human overuse and disturbance</t>
+            <t xml:space="preserve">sovraccarichi e disturbi umani</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #23</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:189" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="31" spans="1:189">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:189" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="34" spans="1:189">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:189" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="37" spans="1:189">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:189" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>125</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>