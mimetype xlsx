--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
   <si>
-    <t>LFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>Stammzahl (stehend-lebend) mit Mikrohabitat</t>
+    <t>numero di fusti (alberi vivi in piedi) con microhabitat</t>
   </si>
   <si>
-    <t>Mikrohabitate (20 Klassen)</t>
+    <t>microhabitat (20 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: Stk./ha</t>
+      <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>Forstkreis (2024)</t>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,300 +373,300 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
+    <t>laghi</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>Stk./ha</t>
+    <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Spechtbruthöhle</t>
+    <t>cavità di nidificazione di picidi</t>
   </si>
   <si>
-    <t>flache Baumhöhle (&lt;5 cm tief)</t>
+    <t>cavità superficiale (&lt;5 cm di profondità)</t>
   </si>
   <si>
-    <t>Baumhöhle (&gt;5 cm tief)</t>
+    <t>cavità (&gt;5 cm di profondità)</t>
   </si>
   <si>
-    <t>Insektenschaden</t>
+    <t>danni da insetti</t>
   </si>
   <si>
-    <t>Dendrotelm</t>
+    <t>dendrotelma</t>
   </si>
   <si>
-    <t>Stammfusshöhle</t>
+    <t>cavità nei contrafforti radicali</t>
   </si>
   <si>
-    <t xml:space="preserve">Holz ohne Rinde </t>
+    <t>scortecciamento</t>
   </si>
   <si>
-    <t>Brandnarbe</t>
+    <t>lesione da fuoco</t>
   </si>
   <si>
-    <t>Rindentasche</t>
+    <t>tasca nella corteccia</t>
   </si>
   <si>
-    <t>frischer Bruch</t>
+    <t>fusto spezzato fresco</t>
   </si>
   <si>
-    <t>breiter Spalt</t>
+    <t>fessura larga</t>
   </si>
   <si>
-    <t>Kronentotholz</t>
+    <t>legno morto nella chioma</t>
   </si>
   <si>
-    <t>Krebs oder Maserknollen</t>
+    <t>cancro o tumore</t>
   </si>
   <si>
-    <t>grosser, mehrjähriger Pilzfruchtkörper</t>
+    <t>corpo fruttifero di fungini perenni</t>
   </si>
   <si>
-    <t>kurzlebiger Pilzfruchtkörper</t>
+    <t>corpo fruttifero di funghi effimeri</t>
   </si>
   <si>
-    <t>mehr als 10% Moose</t>
+    <t>muschi &gt;10%</t>
   </si>
   <si>
-    <t>mehr als 10% Flechten</t>
+    <t>licheni &gt;10%</t>
   </si>
   <si>
-    <t>mehr als 10% Efeu</t>
+    <t>edera &gt;10%</t>
   </si>
   <si>
-    <t>Harzfluss</t>
+    <t xml:space="preserve">colata di resina </t>
   </si>
   <si>
-    <t>übrige Mikrohabitate</t>
+    <t>altri microhabitat</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2288302/626234</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Stammzahl (stehend-lebend) mit Mikrohabitat</t>
+      <t xml:space="preserve">numero di fusti (alberi vivi in piedi) con microhabitat</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #402</t>
     </r>
   </si>
   <si>
-    <t>Anzahl der stehenden lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), an denen ein Mikrohabitat festgestellt wurde. Da ein Baum gleichzeitig mehrere Mikrohabitate aufweisen kann, kann er zur Stammzahl (stehend-lebend) mehrerer Mikrohabitate beitragen. Als Mikrohabitate gelten: Pilzfruchtkörper; Stamm zu mehr als 10% mit Moosen, Flechten oder Efeu bewachsen; Spechtbruthöhle; flache Baumhöhle; breiter Spalt; Rindentasche; frischer Bruch; Dendrotelm; Krebs oder Maserknollen; Stammfusshöhle; tiefe Baumhöhle; Holzkörper frei ab einer Handfläche; gipfeldürr; Harzfluss; Insektenschaden (Stammfuss/Stamm/Schaft); &gt;20% Dürrastanteil.</t>
+    <t>Numero di alberi e arbusti vivi in piedi a partire da 12 cm di diametro a petto d'uomo, sui quali è stato rilevato un microhabitat. Visto che un albero può presentare contemporaneamente più microhabitat, esso può contribuire al numero di fusti (vivi e in piedi) di diversi microhabitat. Vengono considerati microhabitat: corpi fruttiferi fungini; tronco ricoperto per più del 10% da muschi, licheni o edera; cavità di nidificazione di picidi; cavità poco profonda dell'albero; ampia fessura; tasca nella corteccia; fusto o branca spezzata con durame esposto; dendrotelma; tumore o cancro; cavità nei contrafforti radicali; cavità profonda dell'albero; scortecciamento a partire dalla dimensione di una mano; cima secca; flusso di resina; danni da insetti (base del tronco/tronco/fusto); rami morti &gt;20%.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Mikrohabitate (20 Klassen)</t>
+      <t xml:space="preserve">microhabitat (20 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2360</t>
     </r>
   </si>
   <si>
-    <t>Art des Mikrohabitats, das mindestens einmal an einem Baum oder Strauch ab 12 cm Brusthöhendurchmesser (BHD) vorkommt. Grundlage: Feldaufnahme (MID 819: Bemerkung zu Ex-LFI-Probebaum, MID1027: Baumschadenart, MID 1035-1049: Baummikrohabitate)</t>
+    <t>Tipo di microhabitat presente almeno una volta su un albero o un arbusto a partire da 12 cm di diametro a petto d'uomo (DPU). Fonte: rilievo sul terreno (MID 819: Bemerkung zu Ex-LFI-Probebaum, MID1027: Baumschadenart, MID 1035-1049: Baummikrohabitate)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1018,238 +1018,238 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="68" max="68" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="70" max="70" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="83" max="83" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="84" max="84" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="84" max="84" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="85" max="85" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="86" max="86" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="86" max="86" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="87" max="87" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="88" max="88" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="88" max="88" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="89" max="89" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="90" max="90" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="90" max="90" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="91" max="91" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="92" max="92" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="92" max="92" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="93" max="93" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="94" max="94" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="94" max="94" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="95" max="95" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="96" max="96" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="96" max="96" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="97" max="97" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="98" max="98" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="98" max="98" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="99" max="99" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="100" max="100" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="100" max="100" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="101" max="101" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="102" max="102" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="102" max="102" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="103" max="103" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="104" max="104" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="104" max="104" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="105" max="105" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="106" max="106" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="106" max="106" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="107" max="107" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="108" max="108" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="108" max="108" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="109" max="109" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="110" max="110" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="110" max="110" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="111" max="111" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="112" max="112" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="112" max="112" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="113" max="113" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="114" max="114" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="114" max="114" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="115" max="115" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="116" max="116" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="116" max="116" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="117" max="117" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="118" max="118" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="118" max="118" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="119" max="119" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="120" max="120" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="120" max="120" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="121" max="121" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="122" max="122" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="122" max="122" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="123" max="123" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="124" max="124" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="124" max="124" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="125" max="125" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="126" max="126" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="126" max="126" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="127" max="127" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="128" max="128" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="128" max="128" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="129" max="129" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="130" max="130" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="130" max="130" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="131" max="131" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="132" max="132" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="132" max="132" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="133" max="133" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="134" max="134" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="134" max="134" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="135" max="135" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="136" max="136" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="136" max="136" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="137" max="137" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="138" max="138" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="138" max="138" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="139" max="139" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="140" max="140" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="140" max="140" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="141" max="141" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="142" max="142" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="142" max="142" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="143" max="143" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="144" max="144" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="144" max="144" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="145" max="145" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="146" max="146" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="146" max="146" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="147" max="147" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="148" max="148" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="148" max="148" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="149" max="149" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="150" max="150" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="150" max="150" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="151" max="151" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="152" max="152" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="152" max="152" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="153" max="153" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="154" max="154" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="154" max="154" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="155" max="155" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="156" max="156" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="156" max="156" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="157" max="157" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="158" max="158" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="158" max="158" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="159" max="159" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="160" max="160" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="160" max="160" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="161" max="161" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="162" max="162" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="162" max="162" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="163" max="163" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="164" max="164" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="164" max="164" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="165" max="165" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="166" max="166" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="166" max="166" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="167" max="167" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="168" max="168" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="168" max="168" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="169" max="169" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="170" max="170" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="170" max="170" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="171" max="171" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="172" max="172" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="172" max="172" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="173" max="173" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="174" max="174" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="174" max="174" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="175" max="175" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="176" max="176" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="176" max="176" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="177" max="177" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="178" max="178" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="178" max="178" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="179" max="179" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="180" max="180" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="180" max="180" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="181" max="181" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="182" max="182" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="182" max="182" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="183" max="183" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="184" max="184" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="184" max="184" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="185" max="185" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="186" max="186" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="186" max="186" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="187" max="187" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="188" max="188" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="188" max="188" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="189" max="189" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:189">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:189">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:189">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:189">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:189">
       <c r="A5" t="s">
@@ -14921,51 +14921,51 @@
         <v>106</v>
       </c>
       <c r="GE34" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF34" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GG34" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="35" spans="1:189" customHeight="1" ht="21.75">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2288302/626234</t>
           </r>
         </is>
       </c>
       <c r="B35" s="3"/>
       <c r="C35" s="3"/>
       <c r="D35" s="3"/>
       <c r="E35" s="3"/>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
       <c r="I35" s="3"/>
       <c r="J35" s="3"/>
       <c r="K35" s="3"/>
@@ -15139,191 +15139,191 @@
       <c r="FW35" s="3"/>
       <c r="FX35" s="3"/>
       <c r="FY35" s="3"/>
       <c r="FZ35" s="3"/>
       <c r="GA35" s="3"/>
       <c r="GB35" s="3"/>
       <c r="GC35" s="3"/>
       <c r="GD35" s="3"/>
       <c r="GE35" s="3"/>
       <c r="GF35" s="3"/>
       <c r="GG35" s="3"/>
     </row>
     <row r="38" spans="1:189">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Stammzahl (stehend-lebend) mit Mikrohabitat</t>
+            <t xml:space="preserve">numero di fusti (alberi vivi in piedi) con microhabitat</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #402</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:189" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="41" spans="1:189">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Mikrohabitate (20 Klassen)</t>
+            <t xml:space="preserve">microhabitat (20 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2360</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:189" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="44" spans="1:189">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:189" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="47" spans="1:189">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:189" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="50" spans="1:189">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:189" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>138</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>