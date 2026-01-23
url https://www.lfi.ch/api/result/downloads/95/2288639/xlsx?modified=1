--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
   <si>
-    <t>LFI4–LFI5</t>
-[...5 lines deleted...]
-    <t>Ursache der Zwangsnutzung</t>
+    <t>NFI4–NFI5</t>
+  </si>
+  <si>
+    <t>sanitary/salvage fellings</t>
+  </si>
+  <si>
+    <t>reason for sanitary/salvage felling</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 m³/Jahr</t>
+      <t xml:space="preserve">: 1000 m³/yr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Veränderung 2009/17–2018/26</t>
-[...2 lines deleted...]
-    <t>Forstkreis (2024)</t>
+    <t>change 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,273 +373,273 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
-[...5 lines deleted...]
-    <t>1000 m³/Jahr</t>
+    <t>lakes</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>1000 m³/yr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Insekten</t>
-[...32 lines deleted...]
-    <t>Total</t>
+    <t>insects</t>
+  </si>
+  <si>
+    <t>fungi</t>
+  </si>
+  <si>
+    <t>wind</t>
+  </si>
+  <si>
+    <t>snow load</t>
+  </si>
+  <si>
+    <t>avalanche</t>
+  </si>
+  <si>
+    <t>debris flow, landslide</t>
+  </si>
+  <si>
+    <t>flood</t>
+  </si>
+  <si>
+    <t>forest fire</t>
+  </si>
+  <si>
+    <t>other causes</t>
+  </si>
+  <si>
+    <t>loss of vitality due to drought</t>
+  </si>
+  <si>
+    <t>other loss of vitality</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2288639/626571</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Zwangsnutzung</t>
+      <t xml:space="preserve">sanitary/salvage fellings</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #423</t>
     </r>
   </si>
   <si>
-    <t>Schaftholzvolumen in Rinde aller Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), die nicht aufgrund einer waldbaulichen Planung, sondern infolge eingetretener Schäden zwischen zwei Inventuren dem Wald entnommen wurden. Das Merkmal wird auf Ebene Probefläche aus der Nutzung der Probebäume und dem Zwangsnutzungsanteil (nach Auskunft der Förster/innen) abgeleitet.</t>
+    <t>Volume of stemwood with bark of all trees and shrubs ≥12 cm diameter at breast height (dbh) that were removed from the forest because of damage that occurred between two inventories rather than due to silvicultural planning. The characteristic is derived at the sample plot level from the fellings of the tally trees and the proportion of sanitary/salvage fellings (according to information from the foresters).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Ursache der Zwangsnutzung</t>
+      <t xml:space="preserve">reason for sanitary/salvage felling</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2695</t>
     </r>
   </si>
   <si>
-    <t>Massgebende Ursache für die Zwangsnutzung. Grundlage: Forstdienstbefragung (MID 345: Ursache der Zwangsnutzung)</t>
+    <t>Main reason for sanitary/salvage felling. Reference: Forest Service Survey (MID 345: Ursache der Zwangsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -991,238 +991,238 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="68" max="68" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="70" max="70" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="83" max="83" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="84" max="84" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="84" max="84" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="85" max="85" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="86" max="86" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="86" max="86" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="87" max="87" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="88" max="88" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="88" max="88" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="89" max="89" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="90" max="90" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="90" max="90" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="91" max="91" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="92" max="92" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="92" max="92" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="93" max="93" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="94" max="94" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="94" max="94" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="95" max="95" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="96" max="96" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="96" max="96" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="97" max="97" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="98" max="98" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="98" max="98" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="99" max="99" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="100" max="100" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="100" max="100" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="101" max="101" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="102" max="102" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="102" max="102" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="103" max="103" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="104" max="104" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="104" max="104" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="105" max="105" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="106" max="106" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="106" max="106" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="107" max="107" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="108" max="108" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="108" max="108" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="109" max="109" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="110" max="110" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="110" max="110" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="111" max="111" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="112" max="112" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="112" max="112" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="113" max="113" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="114" max="114" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="114" max="114" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="115" max="115" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="116" max="116" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="116" max="116" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="117" max="117" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="118" max="118" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="118" max="118" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="119" max="119" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="120" max="120" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="120" max="120" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="121" max="121" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="122" max="122" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="122" max="122" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="123" max="123" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="124" max="124" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="124" max="124" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="125" max="125" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="126" max="126" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="126" max="126" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="127" max="127" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="128" max="128" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="128" max="128" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="129" max="129" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="130" max="130" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="130" max="130" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="131" max="131" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="132" max="132" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="132" max="132" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="133" max="133" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="134" max="134" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="134" max="134" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="135" max="135" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="136" max="136" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="136" max="136" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="137" max="137" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="138" max="138" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="138" max="138" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="139" max="139" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="140" max="140" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="140" max="140" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="141" max="141" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="142" max="142" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="142" max="142" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="143" max="143" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="144" max="144" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="144" max="144" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="145" max="145" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="146" max="146" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="146" max="146" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="147" max="147" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="148" max="148" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="148" max="148" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="149" max="149" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="150" max="150" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="150" max="150" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="151" max="151" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="152" max="152" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="152" max="152" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="153" max="153" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="154" max="154" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="154" max="154" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="155" max="155" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="156" max="156" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="156" max="156" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="157" max="157" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="158" max="158" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="158" max="158" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="159" max="159" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="160" max="160" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="160" max="160" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="161" max="161" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="162" max="162" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="162" max="162" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="163" max="163" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="164" max="164" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="164" max="164" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="165" max="165" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="166" max="166" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="166" max="166" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="167" max="167" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="168" max="168" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="168" max="168" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="169" max="169" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="170" max="170" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="170" max="170" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="171" max="171" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="172" max="172" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="172" max="172" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="173" max="173" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="174" max="174" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="174" max="174" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="175" max="175" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="176" max="176" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="176" max="176" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="177" max="177" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="178" max="178" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="178" max="178" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="179" max="179" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="180" max="180" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="180" max="180" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="181" max="181" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="182" max="182" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="182" max="182" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="183" max="183" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="184" max="184" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="184" max="184" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="185" max="185" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="186" max="186" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="186" max="186" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="187" max="187" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="188" max="188" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="188" max="188" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="189" max="189" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:189">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:189">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:189">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:189">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:189">
       <c r="A5" t="s">
@@ -9773,51 +9773,51 @@
         <v>0</v>
       </c>
       <c r="GE25" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF25" s="6">
         <v>2044</v>
       </c>
       <c r="GG25" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="26" spans="1:189" customHeight="1" ht="21.75">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2288639/626571</t>
           </r>
         </is>
       </c>
       <c r="B26" s="3"/>
       <c r="C26" s="3"/>
       <c r="D26" s="3"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="3"/>
@@ -9991,191 +9991,191 @@
       <c r="FW26" s="3"/>
       <c r="FX26" s="3"/>
       <c r="FY26" s="3"/>
       <c r="FZ26" s="3"/>
       <c r="GA26" s="3"/>
       <c r="GB26" s="3"/>
       <c r="GC26" s="3"/>
       <c r="GD26" s="3"/>
       <c r="GE26" s="3"/>
       <c r="GF26" s="3"/>
       <c r="GG26" s="3"/>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Zwangsnutzung</t>
+            <t xml:space="preserve">sanitary/salvage fellings</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #423</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ursache der Zwangsnutzung</t>
+            <t xml:space="preserve">reason for sanitary/salvage felling</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2695</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="35" spans="1:189">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:189" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="38" spans="1:189">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:189" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="41" spans="1:189">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:189" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>129</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>