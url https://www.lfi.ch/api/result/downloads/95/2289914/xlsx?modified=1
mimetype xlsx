--- v0 (2026-02-02)
+++ v1 (2026-02-02)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
-    <t>IFN4–IFN5</t>
-[...5 lines deleted...]
-    <t>proprietà (2 classi; situazione nell'IFN5)</t>
+    <t>NFI4–NFI5</t>
+  </si>
+  <si>
+    <t>sanitary/salvage fellings</t>
+  </si>
+  <si>
+    <t>ownership (2 classes; NFI5)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: m³/ha/anno</t>
+      <t xml:space="preserve">: m³/ha/yr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>variazione 2009/17–2018/26</t>
-[...2 lines deleted...]
-    <t>circondario forestale (2024)</t>
+    <t>change 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,246 +373,246 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
-[...5 lines deleted...]
-    <t>m³/ha/anno</t>
+    <t>lakes</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>m³/ha/yr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>pubblica</t>
-[...5 lines deleted...]
-    <t>totale</t>
+    <t>public</t>
+  </si>
+  <si>
+    <t>private</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2289914/627846</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">utilizzazione forzata</t>
+      <t xml:space="preserve">sanitary/salvage fellings</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #423</t>
     </r>
   </si>
   <si>
-    <t>Volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm che non sono stati utilizzati tra due inventari nel quadro di interventi selvicolturali pianificati, bensì in seguito a danni (ad es. tempeste, valanghe, insetti, caduta di massi). Esso viene calcolato a livello di area di saggio a partire dall'utilizzazione degli alberi campione e dalla proporzione di utilizzazioni forzate (in base alle informazioni fornite dai forestali locali).</t>
+    <t>Volume of stemwood with bark of all trees and shrubs ≥12 cm diameter at breast height (dbh) that were removed from the forest because of damage that occurred between two inventories rather than due to silvicultural planning. The characteristic is derived at the sample plot level from the fellings of the tally trees and the proportion of sanitary/salvage fellings (according to information from the foresters).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proprietà (2 classi; situazione nell'IFN5)</t>
+      <t xml:space="preserve">ownership (2 classes; NFI5)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2629</t>
     </r>
   </si>
   <si>
-    <t>Condizioni di proprietà del bosco al momento dell'IFN5, caratterizzata dalle due classi «pubblico» e «privato». Questo attributo viene utilizzato nelle analisi delle variazioni, in modo che i cambiamenti di proprietà (tra un inventario e l'altro) non influenzino i risultati. Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
+    <t>Forest ownership at the time of NFI5, classified into the two classes: «public» and «private». The attribute is used in analyses of change to ensure that changes in ownership do not influence the results. Reference: Forest Service Survey (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -964,238 +964,238 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="68" max="68" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="70" max="70" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="83" max="83" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="84" max="84" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="84" max="84" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="85" max="85" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="86" max="86" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="86" max="86" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="87" max="87" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="88" max="88" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="88" max="88" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="89" max="89" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="90" max="90" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="90" max="90" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="91" max="91" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="92" max="92" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="92" max="92" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="93" max="93" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="94" max="94" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="94" max="94" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="95" max="95" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="96" max="96" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="96" max="96" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="97" max="97" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="98" max="98" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="98" max="98" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="99" max="99" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="100" max="100" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="100" max="100" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="101" max="101" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="102" max="102" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="102" max="102" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="103" max="103" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="104" max="104" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="104" max="104" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="105" max="105" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="106" max="106" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="106" max="106" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="107" max="107" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="108" max="108" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="108" max="108" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="109" max="109" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="110" max="110" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="110" max="110" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="111" max="111" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="112" max="112" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="112" max="112" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="113" max="113" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="114" max="114" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="114" max="114" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="115" max="115" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="116" max="116" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="116" max="116" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="117" max="117" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="118" max="118" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="118" max="118" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="119" max="119" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="120" max="120" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="120" max="120" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="121" max="121" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="122" max="122" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="122" max="122" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="123" max="123" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="124" max="124" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="124" max="124" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="125" max="125" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="126" max="126" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="126" max="126" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="127" max="127" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="128" max="128" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="128" max="128" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="129" max="129" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="130" max="130" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="130" max="130" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="131" max="131" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="132" max="132" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="132" max="132" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="133" max="133" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="134" max="134" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="134" max="134" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="135" max="135" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="136" max="136" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="136" max="136" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="137" max="137" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="138" max="138" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="138" max="138" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="139" max="139" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="140" max="140" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="140" max="140" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="141" max="141" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="142" max="142" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="142" max="142" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="143" max="143" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="144" max="144" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="144" max="144" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="145" max="145" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="146" max="146" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="146" max="146" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="147" max="147" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="148" max="148" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="148" max="148" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="149" max="149" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="150" max="150" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="150" max="150" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="151" max="151" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="152" max="152" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="152" max="152" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="153" max="153" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="154" max="154" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="154" max="154" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="155" max="155" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="156" max="156" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="156" max="156" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="157" max="157" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="158" max="158" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="158" max="158" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="159" max="159" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="160" max="160" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="160" max="160" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="161" max="161" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="162" max="162" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="162" max="162" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="163" max="163" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="164" max="164" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="164" max="164" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="165" max="165" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="166" max="166" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="166" max="166" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="167" max="167" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="168" max="168" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="168" max="168" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="169" max="169" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="170" max="170" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="170" max="170" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="171" max="171" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="172" max="172" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="172" max="172" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="173" max="173" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="174" max="174" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="174" max="174" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="175" max="175" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="176" max="176" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="176" max="176" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="177" max="177" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="178" max="178" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="178" max="178" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="179" max="179" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="180" max="180" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="180" max="180" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="181" max="181" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="182" max="182" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="182" max="182" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="183" max="183" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="184" max="184" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="184" max="184" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="185" max="185" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="186" max="186" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="186" max="186" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="187" max="187" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="188" max="188" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="188" max="188" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="189" max="189" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:189">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:189">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:189">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:189">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:189">
       <c r="A5" t="s">
@@ -4625,51 +4625,51 @@
         <v>0.0</v>
       </c>
       <c r="GE16" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF16" s="6">
         <v>1.9</v>
       </c>
       <c r="GG16" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="17" spans="1:189" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2289914/627846</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -4843,191 +4843,191 @@
       <c r="FW17" s="3"/>
       <c r="FX17" s="3"/>
       <c r="FY17" s="3"/>
       <c r="FZ17" s="3"/>
       <c r="GA17" s="3"/>
       <c r="GB17" s="3"/>
       <c r="GC17" s="3"/>
       <c r="GD17" s="3"/>
       <c r="GE17" s="3"/>
       <c r="GF17" s="3"/>
       <c r="GG17" s="3"/>
     </row>
     <row r="20" spans="1:189">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">utilizzazione forzata</t>
+            <t xml:space="preserve">sanitary/salvage fellings</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #423</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proprietà (2 classi; situazione nell'IFN5)</t>
+            <t xml:space="preserve">ownership (2 classes; NFI5)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2629</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>