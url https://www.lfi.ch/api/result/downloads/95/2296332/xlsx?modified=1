--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
   <si>
-    <t>NFI2–NFI3</t>
-[...5 lines deleted...]
-    <t>altitude (in 400 m classes)</t>
+    <t>LFI2–LFI3</t>
+  </si>
+  <si>
+    <t>Zuwachs (Bruttozuwachs)</t>
+  </si>
+  <si>
+    <t>Höhenlage (400-m-Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 m³/yr</t>
+      <t xml:space="preserve">: 1000 m³/Jahr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI2/NFI3</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI2/LFI3</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4-km grid</t>
+      <t xml:space="preserve">: 1,4-km-Netz</t>
     </r>
   </si>
   <si>
-    <t>change 1993/95–2004/06</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>Veränderung 1993/95–2004/06</t>
+  </si>
+  <si>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,255 +373,255 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...5 lines deleted...]
-    <t>1000 m³/yr</t>
+    <t>Seen</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>1000 m³/Jahr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1401-1800 m</t>
   </si>
   <si>
-    <t>1001-1400 m</t>
+    <t xml:space="preserve">1001-1400 m </t>
   </si>
   <si>
     <t xml:space="preserve">601-1000 m </t>
   </si>
   <si>
     <t>=600 m</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2296332/634264</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">increment (gross increment)</t>
+      <t xml:space="preserve">Zuwachs (Bruttozuwachs)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #11</t>
     </r>
   </si>
   <si>
-    <t>Increase in stemwood volume between two inventories of all surviving trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark, the stemwood volume of all ingrowing trees and shrubs with bark, and the modelled increase in the stemwood volume of the losses with bark during half the inventory period.</t>
+    <t>Zunahme des Schaftholzvolumens in Rinde der zwischen zwei Inventuren überlebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), das Schaftholzvolumen in Rinde aller eingewachsenen Bäume und Sträucher und die modellierte Zunahme des Schaftholzvolumens in Rinde der Abgänge während der halben Inventurperiode.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitude (in 400 m classes)</t>
+      <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #963</t>
     </r>
   </si>
   <si>
-    <t>Altitude above sea level in classes of 400 m. Reference: Digital height model DHM 25 from Swisstopo</t>
+    <t>Höhe über Meer in Klassen zu 400 m. Grundlage: digitales Höhenmodell DHM 25 von Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI2/NFI3</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI2/LFI3</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #533</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs and accessible on foot in both NFI2 (1993-1995) and NFI3 (2004-2006).</t>
+    <t>Wald, der sowohl im LFI2 (1993-1995) als auch im LFI3 (2004-2006) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">1,4-km-Netz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -976,238 +976,238 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="68" max="68" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="70" max="70" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="83" max="83" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="84" max="84" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="84" max="84" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="85" max="85" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="86" max="86" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="86" max="86" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="87" max="87" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="88" max="88" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="88" max="88" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="89" max="89" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="90" max="90" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="90" max="90" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="91" max="91" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="92" max="92" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="92" max="92" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="93" max="93" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="94" max="94" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="94" max="94" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="95" max="95" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="96" max="96" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="96" max="96" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="97" max="97" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="98" max="98" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="98" max="98" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="99" max="99" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="100" max="100" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="100" max="100" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="101" max="101" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="102" max="102" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="102" max="102" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="103" max="103" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="104" max="104" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="104" max="104" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="105" max="105" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="106" max="106" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="106" max="106" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="107" max="107" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="108" max="108" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="108" max="108" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="109" max="109" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="110" max="110" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="110" max="110" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="111" max="111" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="112" max="112" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="112" max="112" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="113" max="113" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="114" max="114" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="114" max="114" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="115" max="115" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="116" max="116" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="116" max="116" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="117" max="117" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="118" max="118" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="118" max="118" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="119" max="119" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="120" max="120" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="120" max="120" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="121" max="121" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="122" max="122" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="122" max="122" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="123" max="123" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="124" max="124" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="124" max="124" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="125" max="125" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="126" max="126" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="126" max="126" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="127" max="127" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="128" max="128" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="128" max="128" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="129" max="129" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="130" max="130" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="130" max="130" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="131" max="131" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="132" max="132" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="132" max="132" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="133" max="133" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="134" max="134" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="134" max="134" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="135" max="135" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="136" max="136" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="136" max="136" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="137" max="137" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="138" max="138" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="138" max="138" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="139" max="139" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="140" max="140" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="140" max="140" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="141" max="141" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="142" max="142" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="142" max="142" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="143" max="143" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="144" max="144" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="144" max="144" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="145" max="145" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="146" max="146" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="146" max="146" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="147" max="147" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="148" max="148" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="148" max="148" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="149" max="149" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="150" max="150" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="150" max="150" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="151" max="151" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="152" max="152" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="152" max="152" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="153" max="153" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="154" max="154" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="154" max="154" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="155" max="155" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="156" max="156" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="156" max="156" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="157" max="157" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="158" max="158" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="158" max="158" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="159" max="159" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="160" max="160" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="160" max="160" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="161" max="161" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="162" max="162" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="162" max="162" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="163" max="163" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="164" max="164" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="164" max="164" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="165" max="165" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="166" max="166" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="166" max="166" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="167" max="167" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="168" max="168" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="168" max="168" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="169" max="169" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="170" max="170" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="170" max="170" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="171" max="171" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="172" max="172" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="172" max="172" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="173" max="173" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="174" max="174" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="174" max="174" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="175" max="175" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="176" max="176" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="176" max="176" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="177" max="177" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="178" max="178" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="178" max="178" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="179" max="179" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="180" max="180" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="180" max="180" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="181" max="181" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="182" max="182" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="182" max="182" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="183" max="183" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="184" max="184" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="184" max="184" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="185" max="185" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="186" max="186" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="186" max="186" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="187" max="187" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="188" max="188" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="188" max="188" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="189" max="189" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:189">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:189">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:189">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:189">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:189">
       <c r="A5" t="s">
@@ -6344,51 +6344,51 @@
         <v>0</v>
       </c>
       <c r="GE19" s="7" t="s">
         <v>106</v>
       </c>
       <c r="GF19" s="7">
         <v>9629</v>
       </c>
       <c r="GG19" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:189" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2296332/634264</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -6562,191 +6562,191 @@
       <c r="FW20" s="3"/>
       <c r="FX20" s="3"/>
       <c r="FY20" s="3"/>
       <c r="FZ20" s="3"/>
       <c r="GA20" s="3"/>
       <c r="GB20" s="3"/>
       <c r="GC20" s="3"/>
       <c r="GD20" s="3"/>
       <c r="GE20" s="3"/>
       <c r="GF20" s="3"/>
       <c r="GG20" s="3"/>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">increment (gross increment)</t>
+            <t xml:space="preserve">Zuwachs (Bruttozuwachs)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #11</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitude (in 400 m classes)</t>
+            <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #963</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI2/NFI3</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI2/LFI3</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #533</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="35" spans="1:189">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">1,4-km-Netz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:189" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>123</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>