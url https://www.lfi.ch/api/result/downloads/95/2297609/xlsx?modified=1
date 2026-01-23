--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
   <si>
-    <t>IFN4</t>
-[...5 lines deleted...]
-    <t>diamètre dominant à hauteur de poitrine (vifs sur pied; 8 classes)</t>
+    <t>LFI4</t>
+  </si>
+  <si>
+    <t>Basalfläche</t>
+  </si>
+  <si>
+    <t>dominanter Brusthöhendurchmesser (stehend-lebend; 8 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: arrondissement forestier (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km</t>
+      <t xml:space="preserve">: 1,4-km-Netz</t>
     </r>
   </si>
   <si>
-    <t>état 2009/17</t>
-[...2 lines deleted...]
-    <t>arrondissement forestier (2024)</t>
+    <t>Zustand 2009/17</t>
+  </si>
+  <si>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,264 +373,264 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lacs</t>
-[...2 lines deleted...]
-    <t>Suisse</t>
+    <t>Seen</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-30 cm</t>
   </si>
   <si>
     <t>31-40 cm</t>
   </si>
   <si>
     <t>41-50 cm</t>
   </si>
   <si>
     <t>51-60 cm</t>
   </si>
   <si>
     <t>61-70 cm</t>
   </si>
   <si>
     <t>71-80 cm</t>
   </si>
   <si>
     <t>&gt;80 cm</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2297609/635541</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface terrière</t>
+      <t xml:space="preserve">Basalfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Somme des sections transversales à 1,3 m de hauteur de tous les arbres et arbustes vifs (sur pied et à terre) avec un diamètre à hauteur de poitrine (DHP) d’au moins 12 cm.</t>
+    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diamètre dominant à hauteur de poitrine (vifs sur pied; 8 classes)</t>
+      <t xml:space="preserve">dominanter Brusthöhendurchmesser (stehend-lebend; 8 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1316</t>
     </r>
   </si>
   <si>
-    <t>Diamètre à hauteur de poitrine (DHP) des 100 plus gros arbres et arbustes vifs sur pied à partir de 12 cm DHP, par hectare, en huit classes. Source: relevé de terrain (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Brusthöhendurchmesser (BHD) der 100 stärksten stehenden lebenden Bäume und Sträucher ab 12 cm BHD pro Hektare in acht Klassen. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">arrondissement forestier (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Découpage régional dont les arrondissements forestiers constituent l'unité. Cette variable se base sur une enquête réalisée auprès des services forestiers cantonaux durant l’hiver 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km</t>
+      <t xml:space="preserve">1,4-km-Netz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Réseau d'échantillonnage de l'IFN avec un maillage de 1,4 km. Le réseau 1,4 km est commun à tous les inventaires terrestres précédents, c'est pourquoi il est également appelé réseau de base.</t>
+    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -982,51 +982,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="74.125" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -8057,51 +8057,51 @@
         <v>0.0</v>
       </c>
       <c r="GE22" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF22" s="6">
         <v>31.2</v>
       </c>
       <c r="GG22" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:189" customHeight="1" ht="21.75">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2297609/635541</t>
           </r>
         </is>
       </c>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
@@ -8275,191 +8275,191 @@
       <c r="FW23" s="3"/>
       <c r="FX23" s="3"/>
       <c r="FY23" s="3"/>
       <c r="FZ23" s="3"/>
       <c r="GA23" s="3"/>
       <c r="GB23" s="3"/>
       <c r="GC23" s="3"/>
       <c r="GD23" s="3"/>
       <c r="GE23" s="3"/>
       <c r="GF23" s="3"/>
       <c r="GG23" s="3"/>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface terrière</t>
+            <t xml:space="preserve">Basalfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diamètre dominant à hauteur de poitrine (vifs sur pied; 8 classes)</t>
+            <t xml:space="preserve">dominanter Brusthöhendurchmesser (stehend-lebend; 8 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1316</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">arrondissement forestier (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="35" spans="1:189">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:189" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="38" spans="1:189">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km</t>
+            <t xml:space="preserve">1,4-km-Netz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:189" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>126</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>