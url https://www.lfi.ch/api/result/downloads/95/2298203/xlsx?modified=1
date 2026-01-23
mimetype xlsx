--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
-    <t>NFI3</t>
-[...5 lines deleted...]
-    <t>higher/lower altitude zone</t>
+    <t>IFN3</t>
+  </si>
+  <si>
+    <t>surface terrière</t>
+  </si>
+  <si>
+    <t>zones supérieures/inférieures</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: arrondissement forestier (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 2004/06</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>état 2004/06</t>
+  </si>
+  <si>
+    <t>arrondissement forestier (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,246 +373,246 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...2 lines deleted...]
-    <t>Switzerland</t>
+    <t>lacs</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>lower altitude zone</t>
-[...2 lines deleted...]
-    <t>higher altitude zone</t>
+    <t>zones inférieures</t>
+  </si>
+  <si>
+    <t>zones supérieures</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2298203/636135</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">surface terrière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Somme des sections transversales à 1,3 m de hauteur de tous les arbres et arbustes vifs (sur pied et à terre) avec un diamètre à hauteur de poitrine (DHP) d’au moins 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">higher/lower altitude zone</t>
+      <t xml:space="preserve">zones supérieures/inférieures</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t>Zones situées à des altitudes plus ou moins élevées, classées en fonction des étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005). La frontière entre les zones supérieures et les zones inférieures s'étend au nord des Alpes entre les étages «montagnard supérieur» et «montagnard inférieur», et au sud des Alpes entre les étages «haut-montagnard» et «montagnard supérieur/inférieur». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">arrondissement forestier (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Découpage régional dont les arrondissements forestiers constituent l'unité. Cette variable se base sur une enquête réalisée auprès des services forestiers cantonaux durant l’hiver 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -964,51 +964,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -4625,51 +4625,51 @@
         <v>0.0</v>
       </c>
       <c r="GE16" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF16" s="6">
         <v>32.4</v>
       </c>
       <c r="GG16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:189" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2298203/636135</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -4843,191 +4843,191 @@
       <c r="FW17" s="3"/>
       <c r="FX17" s="3"/>
       <c r="FY17" s="3"/>
       <c r="FZ17" s="3"/>
       <c r="GA17" s="3"/>
       <c r="GB17" s="3"/>
       <c r="GC17" s="3"/>
       <c r="GD17" s="3"/>
       <c r="GE17" s="3"/>
       <c r="GF17" s="3"/>
       <c r="GG17" s="3"/>
     </row>
     <row r="20" spans="1:189">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">surface terrière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">higher/lower altitude zone</t>
+            <t xml:space="preserve">zones supérieures/inférieures</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">arrondissement forestier (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>