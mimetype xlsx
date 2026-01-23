--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
-    <t>IFN3</t>
-[...5 lines deleted...]
-    <t>zones supérieures/inférieures</t>
+    <t>LFI3</t>
+  </si>
+  <si>
+    <t>Basalfläche</t>
+  </si>
+  <si>
+    <t>Hochlagen/Tieflagen</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: arrondissement forestier (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2004/06</t>
-[...2 lines deleted...]
-    <t>arrondissement forestier (2024)</t>
+    <t>Zustand 2004/06</t>
+  </si>
+  <si>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,246 +373,246 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lacs</t>
-[...2 lines deleted...]
-    <t>Suisse</t>
+    <t>Seen</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>zones inférieures</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>Tieflagen</t>
+  </si>
+  <si>
+    <t>Hochlagen</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2298203/636135</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface terrière</t>
+      <t xml:space="preserve">Basalfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Somme des sections transversales à 1,3 m de hauteur de tous les arbres et arbustes vifs (sur pied et à terre) avec un diamètre à hauteur de poitrine (DHP) d’au moins 12 cm.</t>
+    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zones supérieures/inférieures</t>
+      <t xml:space="preserve">Hochlagen/Tieflagen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Zones situées à des altitudes plus ou moins élevées, classées en fonction des étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005). La frontière entre les zones supérieures et les zones inférieures s'étend au nord des Alpes entre les étages «montagnard supérieur» et «montagnard inférieur», et au sud des Alpes entre les étages «haut-montagnard» et «montagnard supérieur/inférieur». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al.</t>
+    <t>Gebiete in höheren und tieferen Lagen, eingeteilt anhand der Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005). Die Grenze zwischen den Hochlagen und den Tieflagen verläuft auf der Alpennordseite zwischen den Stufen «obermontan» und «untermontan», auf der Alpensüdseite zwischen den Stufen «hochmontan» und «ober-/untermontan». Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">arrondissement forestier (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Découpage régional dont les arrondissements forestiers constituent l'unité. Cette variable se base sur une enquête réalisée auprès des services forestiers cantonaux durant l’hiver 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -964,51 +964,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -4625,51 +4625,51 @@
         <v>0.0</v>
       </c>
       <c r="GE16" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF16" s="6">
         <v>32.4</v>
       </c>
       <c r="GG16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:189" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2298203/636135</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -4843,191 +4843,191 @@
       <c r="FW17" s="3"/>
       <c r="FX17" s="3"/>
       <c r="FY17" s="3"/>
       <c r="FZ17" s="3"/>
       <c r="GA17" s="3"/>
       <c r="GB17" s="3"/>
       <c r="GC17" s="3"/>
       <c r="GD17" s="3"/>
       <c r="GE17" s="3"/>
       <c r="GF17" s="3"/>
       <c r="GG17" s="3"/>
     </row>
     <row r="20" spans="1:189">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface terrière</t>
+            <t xml:space="preserve">Basalfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zones supérieures/inférieures</t>
+            <t xml:space="preserve">Hochlagen/Tieflagen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">arrondissement forestier (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>