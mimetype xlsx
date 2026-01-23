--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,386 +14,386 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
-    <t>LFI4–LFI5</t>
-[...5 lines deleted...]
-    <t>Absterbegrund</t>
+    <t>NFI4–NFI5</t>
+  </si>
+  <si>
+    <t>fellings and mortality according to cause of damage</t>
+  </si>
+  <si>
+    <t>cause of tree mortality</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 m³/Jahr</t>
+      <t xml:space="preserve">: 1000 m³/yr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Veränderung 2009/17–2018/26</t>
-[...2 lines deleted...]
-    <t>biogeografische Region</t>
+    <t>change 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...17 lines deleted...]
-    <t>1000 m³/Jahr</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>1000 m³/yr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
-[...11 lines deleted...]
-    <t>Lawine</t>
+    <t>n/a</t>
+  </si>
+  <si>
+    <t>silvicultural treatment</t>
+  </si>
+  <si>
+    <t>wind</t>
+  </si>
+  <si>
+    <t>snow load</t>
+  </si>
+  <si>
+    <t>avalanche</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Steinschlag</t>
-[...35 lines deleted...]
-    <t>Total</t>
+    <t>rockfall</t>
+  </si>
+  <si>
+    <t>debris flow, landslide</t>
+  </si>
+  <si>
+    <t>flood</t>
+  </si>
+  <si>
+    <t>forest fire</t>
+  </si>
+  <si>
+    <t>insects</t>
+  </si>
+  <si>
+    <t>fungi, virus, bacteria</t>
+  </si>
+  <si>
+    <t>wild animals</t>
+  </si>
+  <si>
+    <t>domestic animals</t>
+  </si>
+  <si>
+    <t>other human causes</t>
+  </si>
+  <si>
+    <t>unknown cause</t>
+  </si>
+  <si>
+    <t>loss of vitality due to drought</t>
+  </si>
+  <si>
+    <t>other loss of vitality</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2305152/597789</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nutzung und Mortalität nach Absterbegrund</t>
+      <t xml:space="preserve">fellings and mortality according to cause of damage</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #408</t>
     </r>
   </si>
   <si>
-    <t>Schaftholzvolumen in Rinde aller Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), die zwischen zwei Inventuren genutzt wurden, abgestorben oder verschwunden sind mit Angabe des Absterbegrunds.</t>
+    <t>Volume of stemwood with bark of all trees and shrubs ≥12 cm diameter at breast height (dbh) that were felled, died or disappeared between two inventories with the cause of death given.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Absterbegrund</t>
+      <t xml:space="preserve">cause of tree mortality</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2619</t>
     </r>
   </si>
   <si>
-    <t>Grund, weshalb Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) seit der letzten Inventur abgestorben oder verschwunden sind. Grundlage: Forstdienstbefragung (MID 2046: Absterbegrund - toter/fehlender Probebaum)</t>
+    <t>Reason why trees and shrubs ≥12 cm in diameter at breast height (dbh) have died or disappeared since the last Inventory. Reference: Forest Service Survey (MID 2046: Absterbegrund - toter/fehlender Probebaum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -745,64 +745,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1758,235 +1758,235 @@
         <v>531</v>
       </c>
       <c r="M30" s="6">
         <v>14</v>
       </c>
       <c r="N30" s="6">
         <v>9296</v>
       </c>
       <c r="O30" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="21.75">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2305152/597789</t>
           </r>
         </is>
       </c>
       <c r="B31" s="3"/>
       <c r="C31" s="3"/>
       <c r="D31" s="3"/>
       <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="3"/>
       <c r="J31" s="3"/>
       <c r="K31" s="3"/>
       <c r="L31" s="3"/>
       <c r="M31" s="3"/>
       <c r="N31" s="3"/>
       <c r="O31" s="3"/>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nutzung und Mortalität nach Absterbegrund</t>
+            <t xml:space="preserve">fellings and mortality according to cause of damage</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #408</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Absterbegrund</t>
+            <t xml:space="preserve">cause of tree mortality</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2619</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:15" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:15" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:15" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>