--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>main tree species</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>biomassa degli alberi vivi</t>
+  </si>
+  <si>
+    <t>specie arborea principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2023)</t>
+      <t xml:space="preserve">: circondario forestale (2023)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: million kg</t>
+      <t xml:space="preserve">: Mio kg</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2023)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>circondario forestale (2023)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,279 +373,279 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...5 lines deleted...]
-    <t>million kg</t>
+    <t>laghi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>Mio kg</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
-[...38 lines deleted...]
-    <t>total</t>
+    <t>abete rosso</t>
+  </si>
+  <si>
+    <t>abete bianco</t>
+  </si>
+  <si>
+    <t>pino</t>
+  </si>
+  <si>
+    <t>larice</t>
+  </si>
+  <si>
+    <t>cembro</t>
+  </si>
+  <si>
+    <t>altre conifere</t>
+  </si>
+  <si>
+    <t>faggio</t>
+  </si>
+  <si>
+    <t>acero</t>
+  </si>
+  <si>
+    <t>frassino</t>
+  </si>
+  <si>
+    <t>quercia</t>
+  </si>
+  <si>
+    <t>castagno</t>
+  </si>
+  <si>
+    <t>altre latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2305362/617863</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of living trees</t>
+      <t xml:space="preserve">biomassa degli alberi vivi</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #18</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of living trees and shrubs with a diameter at breast height (dbh) ≥12 cm. The tree parts considered are: the roots, stemwood, branchwood and needles/leaves.</t>
+    <t>Peso secco (massa) degli alberi e arbusti vivi a partire da 12 cm di diametro a petto d'uomo (DPU). Essa è composta dalle radici, dal legno del fusto, dal legno dei rami e dalle foglie/aghi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">specie arborea principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -997,238 +997,238 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="68" max="68" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="70" max="70" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="83" max="83" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="84" max="84" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="84" max="84" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="85" max="85" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="86" max="86" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="86" max="86" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="87" max="87" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="88" max="88" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="88" max="88" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="89" max="89" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="90" max="90" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="90" max="90" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="91" max="91" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="92" max="92" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="92" max="92" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="93" max="93" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="94" max="94" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="94" max="94" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="95" max="95" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="96" max="96" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="96" max="96" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="97" max="97" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="98" max="98" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="98" max="98" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="99" max="99" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="100" max="100" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="100" max="100" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="101" max="101" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="102" max="102" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="102" max="102" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="103" max="103" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="104" max="104" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="104" max="104" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="105" max="105" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="106" max="106" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="106" max="106" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="107" max="107" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="108" max="108" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="108" max="108" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="109" max="109" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="110" max="110" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="110" max="110" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="111" max="111" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="112" max="112" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="112" max="112" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="113" max="113" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="114" max="114" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="114" max="114" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="115" max="115" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="116" max="116" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="116" max="116" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="117" max="117" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="118" max="118" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="118" max="118" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="119" max="119" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="120" max="120" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="120" max="120" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="121" max="121" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="122" max="122" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="122" max="122" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="123" max="123" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="124" max="124" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="124" max="124" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="125" max="125" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="126" max="126" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="126" max="126" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="127" max="127" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="128" max="128" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="128" max="128" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="129" max="129" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="130" max="130" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="130" max="130" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="131" max="131" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="132" max="132" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="132" max="132" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="133" max="133" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="134" max="134" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="134" max="134" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="135" max="135" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="136" max="136" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="136" max="136" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="137" max="137" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="138" max="138" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="138" max="138" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="139" max="139" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="140" max="140" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="140" max="140" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="141" max="141" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="142" max="142" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="142" max="142" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="143" max="143" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="144" max="144" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="144" max="144" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="145" max="145" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="146" max="146" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="146" max="146" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="147" max="147" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="148" max="148" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="148" max="148" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="149" max="149" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="150" max="150" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="150" max="150" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="151" max="151" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="152" max="152" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="152" max="152" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="153" max="153" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="154" max="154" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="154" max="154" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="155" max="155" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="156" max="156" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="156" max="156" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="157" max="157" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="158" max="158" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="158" max="158" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="159" max="159" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="160" max="160" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="160" max="160" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="161" max="161" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="162" max="162" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="162" max="162" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="163" max="163" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="164" max="164" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="164" max="164" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="165" max="165" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="166" max="166" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="166" max="166" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="167" max="167" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="168" max="168" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="168" max="168" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="169" max="169" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="170" max="170" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="170" max="170" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="171" max="171" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="172" max="172" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="172" max="172" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="173" max="173" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="174" max="174" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="174" max="174" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="175" max="175" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="176" max="176" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="176" max="176" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="177" max="177" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="178" max="178" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="178" max="178" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="179" max="179" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="180" max="180" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="180" max="180" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="181" max="181" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="182" max="182" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="182" max="182" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="183" max="183" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="184" max="184" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="184" max="184" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="185" max="185" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="186" max="186" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="186" max="186" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="187" max="187" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="188" max="188" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="188" max="188" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="189" max="189" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:189">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:189">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:189">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:189">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:189">
       <c r="A5" t="s">
@@ -10917,51 +10917,51 @@
         <v>0</v>
       </c>
       <c r="GE27" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF27" s="6">
         <v>287308</v>
       </c>
       <c r="GG27" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:189" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2305362/617863</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
@@ -11135,191 +11135,191 @@
       <c r="FW28" s="3"/>
       <c r="FX28" s="3"/>
       <c r="FY28" s="3"/>
       <c r="FZ28" s="3"/>
       <c r="GA28" s="3"/>
       <c r="GB28" s="3"/>
       <c r="GC28" s="3"/>
       <c r="GD28" s="3"/>
       <c r="GE28" s="3"/>
       <c r="GF28" s="3"/>
       <c r="GG28" s="3"/>
     </row>
     <row r="31" spans="1:189">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of living trees</t>
+            <t xml:space="preserve">biomassa degli alberi vivi</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #18</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:189" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="34" spans="1:189">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">specie arborea principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:189" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="37" spans="1:189">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:189" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="40" spans="1:189">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:189" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="43" spans="1:189">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:189" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>131</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>