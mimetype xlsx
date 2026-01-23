--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>specie arborea principale</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Biomasse der lebenden Bäume</t>
+  </si>
+  <si>
+    <t>Hauptbaumart</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2023)</t>
+      <t xml:space="preserve">: Forstkreis (2023)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: Mio kg</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>circondario forestale (2023)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Forstkreis (2023)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,279 +373,279 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
-[...2 lines deleted...]
-    <t>Svizzera</t>
+    <t>Seen</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>Mio kg</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>abete rosso</t>
-[...38 lines deleted...]
-    <t>totale</t>
+    <t>Fichte</t>
+  </si>
+  <si>
+    <t>Tanne</t>
+  </si>
+  <si>
+    <t>Föhre</t>
+  </si>
+  <si>
+    <t>Lärche</t>
+  </si>
+  <si>
+    <t>Arve</t>
+  </si>
+  <si>
+    <t>übrige Nadelhölzer</t>
+  </si>
+  <si>
+    <t>Buche</t>
+  </si>
+  <si>
+    <t>Ahorn</t>
+  </si>
+  <si>
+    <t>Esche</t>
+  </si>
+  <si>
+    <t>Eiche</t>
+  </si>
+  <si>
+    <t>Kastanie</t>
+  </si>
+  <si>
+    <t>übrige Laubhölzer</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2305362/617863</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomassa degli alberi vivi</t>
+      <t xml:space="preserve">Biomasse der lebenden Bäume</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #18</t>
     </r>
   </si>
   <si>
-    <t>Peso secco (massa) degli alberi e arbusti vivi a partire da 12 cm di diametro a petto d'uomo (DPU). Essa è composta dalle radici, dal legno del fusto, dal legno dei rami e dalle foglie/aghi.</t>
+    <t>Trockengewicht (Masse) der lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD). Dieses setzt sich aus den Baumteilen Wurzeln, Schaftholz, Astholz und Nadeln/Blätter zusammen.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">specie arborea principale</t>
+      <t xml:space="preserve">Hauptbaumart</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -997,51 +997,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="10.426" bestFit="true" customWidth="true" style="0"/>
@@ -10917,51 +10917,51 @@
         <v>0</v>
       </c>
       <c r="GE27" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF27" s="6">
         <v>287308</v>
       </c>
       <c r="GG27" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:189" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2305362/617863</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
@@ -11135,191 +11135,191 @@
       <c r="FW28" s="3"/>
       <c r="FX28" s="3"/>
       <c r="FY28" s="3"/>
       <c r="FZ28" s="3"/>
       <c r="GA28" s="3"/>
       <c r="GB28" s="3"/>
       <c r="GC28" s="3"/>
       <c r="GD28" s="3"/>
       <c r="GE28" s="3"/>
       <c r="GF28" s="3"/>
       <c r="GG28" s="3"/>
     </row>
     <row r="31" spans="1:189">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomassa degli alberi vivi</t>
+            <t xml:space="preserve">Biomasse der lebenden Bäume</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #18</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:189" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="34" spans="1:189">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">specie arborea principale</t>
+            <t xml:space="preserve">Hauptbaumart</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:189" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="37" spans="1:189">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:189" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="40" spans="1:189">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:189" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="43" spans="1:189">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:189" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>131</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>