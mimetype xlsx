--- v0 (2025-11-17)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
   <si>
-    <t>NFI4–NFI5</t>
-[...5 lines deleted...]
-    <t>altitude (in 400 m classes)</t>
+    <t>IFN4–IFN5</t>
+  </si>
+  <si>
+    <t>accroissement net</t>
+  </si>
+  <si>
+    <t>altitude (par classes de 400 m)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2023)</t>
+      <t xml:space="preserve">: arrondissement forestier (2023)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: m³/ha/yr</t>
+      <t xml:space="preserve">: m³/ha/an</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>change 2009/17–2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2023)</t>
+    <t>évolution 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>arrondissement forestier (2023)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,255 +373,255 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...5 lines deleted...]
-    <t>m³/ha/yr</t>
+    <t>lacs</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>m³/ha/an</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1401-1800 m</t>
   </si>
   <si>
-    <t>1001-1400 m</t>
+    <t xml:space="preserve">1001-1400 m </t>
   </si>
   <si>
     <t xml:space="preserve">601-1000 m </t>
   </si>
   <si>
     <t>≤600 m</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2306234/621914</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">net increment</t>
+      <t xml:space="preserve">accroissement net</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #80</t>
     </r>
   </si>
   <si>
-    <t>Increase in the stemwood volume between two inventories of all surviving trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark, the stemwood volume of all ingrowing trees and shrubs with bark, and the modelled increase in the stemwood volume of the losses with bark during half the inventory period minus the volume of mortality. The net increment thus corresponds to the increment (=gross increment) minus the volume of mortality.</t>
+    <t>Augmentation du volume du bois de tige en écorce de tous les arbres et arbustes avec un diamètre à hauteur de poitrine (DHP) d’au moins 12 cm ayant survécu entre deux inventaires, le volume du bois de tige en écorce du passage à la futaie, et l’augmentation modélisée du volume du bois de tige en écorce des pertes durant la moitié de la période d’inventaire, après déduction du volume de la mortalité. L'accroissement net correspond donc à l'accroissement (accroissement brut) après déduction du volume de la mortalité.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitude (in 400 m classes)</t>
+      <t xml:space="preserve">altitude (par classes de 400 m)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #963</t>
     </r>
   </si>
   <si>
-    <t>Altitude above sea level in classes of 400 m. Reference: Digital height model DHM 25 from Swisstopo</t>
+    <t>Altitude par tranches de 400 m. Source: modèle numérique du terrain MNT25 de Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">arrondissement forestier (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Découpage régional dont les arrondissements forestiers constituent l'unité. Cette variable se base sur une enquête réalisée auprès des services forestiers cantonaux durant l’hiver 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -973,51 +973,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="12.854" bestFit="true" customWidth="true" style="0"/>
@@ -6341,51 +6341,51 @@
         <v>0.0</v>
       </c>
       <c r="GE19" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF19" s="6">
         <v>7.0</v>
       </c>
       <c r="GG19" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:189" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2306234/621914</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -6559,191 +6559,191 @@
       <c r="FW20" s="3"/>
       <c r="FX20" s="3"/>
       <c r="FY20" s="3"/>
       <c r="FZ20" s="3"/>
       <c r="GA20" s="3"/>
       <c r="GB20" s="3"/>
       <c r="GC20" s="3"/>
       <c r="GD20" s="3"/>
       <c r="GE20" s="3"/>
       <c r="GF20" s="3"/>
       <c r="GG20" s="3"/>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">net increment</t>
+            <t xml:space="preserve">accroissement net</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #80</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitude (in 400 m classes)</t>
+            <t xml:space="preserve">altitude (par classes de 400 m)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #963</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">arrondissement forestier (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="35" spans="1:189">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:189" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>123</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>