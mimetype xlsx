--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>conifers and broadleaves</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>massa della ramaglia fine degli alberi vivi diviso per biomassa degli alberi vivi</t>
+  </si>
+  <si>
+    <t>conifere e latifoglie</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2023)</t>
+      <t xml:space="preserve">: circondario forestale (2023)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, cell total</t>
+      <t xml:space="preserve">: %, totale celle</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2023)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>circondario forestale (2023)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,278 +373,278 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...2 lines deleted...]
-    <t>Switzerland</t>
+    <t>laghi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>conifere</t>
+  </si>
+  <si>
+    <t>latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2306282/625573</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">branch brushwood mass of living trees</t>
+      <t xml:space="preserve">massa della ramaglia fine degli alberi vivi</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #48</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of branches &lt;7 cm with bark from living trees and shrubs with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Peso secco (massa) del legno dei rami di un diametro inferiore a 7 cm con corteccia degli alberi e arbusti vivi di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of living trees</t>
+      <t xml:space="preserve">biomassa degli alberi vivi</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #18</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of living trees and shrubs with a diameter at breast height (dbh) ≥12 cm. The tree parts considered are: the roots, stemwood, branchwood and needles/leaves.</t>
+    <t>Peso secco (massa) degli alberi e arbusti vivi a partire da 12 cm di diametro a petto d'uomo (DPU). Essa è composta dalle radici, dal legno del fusto, dal legno dei rami e dalle foglie/aghi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">conifere e latifoglie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -996,51 +996,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -5226,51 +5226,51 @@
         <v>0.0</v>
       </c>
       <c r="GE17" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF17" s="6">
         <v>7.4</v>
       </c>
       <c r="GG17" s="6">
         <v>0.1</v>
       </c>
     </row>
     <row r="18" spans="1:189" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2306282/625573</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -5444,226 +5444,226 @@
       <c r="FW18" s="3"/>
       <c r="FX18" s="3"/>
       <c r="FY18" s="3"/>
       <c r="FZ18" s="3"/>
       <c r="GA18" s="3"/>
       <c r="GB18" s="3"/>
       <c r="GC18" s="3"/>
       <c r="GD18" s="3"/>
       <c r="GE18" s="3"/>
       <c r="GF18" s="3"/>
       <c r="GG18" s="3"/>
     </row>
     <row r="21" spans="1:189">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">branch brushwood mass of living trees</t>
+            <t xml:space="preserve">massa della ramaglia fine degli alberi vivi</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #48</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:189" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="24" spans="1:189">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of living trees</t>
+            <t xml:space="preserve">biomassa degli alberi vivi</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #18</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:189" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="27" spans="1:189">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">conifere e latifoglie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:189" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="30" spans="1:189">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:189" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="33" spans="1:189">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:189" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="36" spans="1:189">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:189" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>123</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>