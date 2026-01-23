--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,376 +14,376 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>conifers and broadleaves</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Astderbholzmasse der lebenden Bäume geteilt durch Biomasse der lebenden Bäume</t>
+  </si>
+  <si>
+    <t>Nadelholz, Laubholz</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, cell total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Zellentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>Nadelholz</t>
+  </si>
+  <si>
+    <t>Laubholz</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2307271/595045</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">mass of merchantable branchwood from living trees</t>
+      <t xml:space="preserve">Astderbholzmasse der lebenden Bäume</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #47</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of branches with a diameter ≥7 cm from living trees and shrubs with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Trockengewicht (Masse) des Astholzes mit einem Durchmesser von mindestens 7 cm der lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of living trees</t>
+      <t xml:space="preserve">Biomasse der lebenden Bäume</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #18</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of living trees and shrubs with a diameter at breast height (dbh) ≥12 cm. The tree parts considered are: the roots, stemwood, branchwood and needles/leaves.</t>
+    <t>Trockengewicht (Masse) der lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD). Dieses setzt sich aus den Baumteilen Wurzeln, Schaftholz, Astholz und Nadeln/Blätter zusammen.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">Nadelholz, Laubholz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -735,51 +735,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1137,270 +1137,270 @@
         <v>3.9</v>
       </c>
       <c r="M17" s="6">
         <v>0.5</v>
       </c>
       <c r="N17" s="6">
         <v>4.0</v>
       </c>
       <c r="O17" s="6">
         <v>0.1</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2307271/595045</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">mass of merchantable branchwood from living trees</t>
+            <t xml:space="preserve">Astderbholzmasse der lebenden Bäume</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #47</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of living trees</t>
+            <t xml:space="preserve">Biomasse der lebenden Bäume</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #18</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">Nadelholz, Laubholz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>