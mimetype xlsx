--- v0 (2025-11-17)
+++ v1 (2026-01-23)
@@ -14,377 +14,377 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>LFI4–LFI5</t>
-[...5 lines deleted...]
-    <t>Höhenlage (400-m-Klassen)</t>
+    <t>NFI4–NFI5</t>
+  </si>
+  <si>
+    <t>net increment</t>
+  </si>
+  <si>
+    <t>altitude (in 400 m classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 m³/Jahr</t>
+      <t xml:space="preserve">: 1000 m³/yr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Veränderung 2009/17–2018/26</t>
-[...50 lines deleted...]
-    <t>1000 m³/Jahr</t>
+    <t>change 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>1000 m³/yr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1401-1800 m</t>
   </si>
   <si>
-    <t xml:space="preserve">1001-1400 m </t>
+    <t>1001-1400 m</t>
   </si>
   <si>
     <t xml:space="preserve">601-1000 m </t>
   </si>
   <si>
     <t>≤600 m</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2307357/418737</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nettozuwachs</t>
+      <t xml:space="preserve">net increment</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #80</t>
     </r>
   </si>
   <si>
-    <t>Zunahme des Schaftholzvolumens in Rinde der zwischen zwei Inventuren überlebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), das Schaftholzvolumen in Rinde aller eingewachsenen Bäume und Sträucher und die modellierte Zunahme des Schaftholzvolumens in Rinde der Abgänge während der halben Inventurperiode minus das Volumen der Mortalität. Der Nettozuwachs entspricht so dem Zuwachs (=Bruttozuwachs) abzüglich des Volumens der Mortalität.</t>
+    <t>Increase in the stemwood volume between two inventories of all surviving trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark, the stemwood volume of all ingrowing trees and shrubs with bark, and the modelled increase in the stemwood volume of the losses with bark during half the inventory period minus the volume of mortality. The net increment thus corresponds to the increment (=gross increment) minus the volume of mortality.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
+      <t xml:space="preserve">altitude (in 400 m classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #963</t>
     </r>
   </si>
   <si>
-    <t>Höhe über Meer in Klassen zu 400 m. Grundlage: digitales Höhenmodell DHM 25 von Swisstopo</t>
+    <t>Altitude above sea level in classes of 400 m. Reference: Digital height model DHM 25 from Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -736,80 +736,80 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:31">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:31">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:31">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:31">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:31">
       <c r="A5" t="s">
@@ -1680,51 +1680,51 @@
         <v>555</v>
       </c>
       <c r="AC19" s="6">
         <v>13</v>
       </c>
       <c r="AD19" s="6">
         <v>7964</v>
       </c>
       <c r="AE19" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:31" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2307357/418737</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -1740,191 +1740,191 @@
       <c r="U20" s="3"/>
       <c r="V20" s="3"/>
       <c r="W20" s="3"/>
       <c r="X20" s="3"/>
       <c r="Y20" s="3"/>
       <c r="Z20" s="3"/>
       <c r="AA20" s="3"/>
       <c r="AB20" s="3"/>
       <c r="AC20" s="3"/>
       <c r="AD20" s="3"/>
       <c r="AE20" s="3"/>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nettozuwachs</t>
+            <t xml:space="preserve">net increment</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #80</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
+            <t xml:space="preserve">altitude (in 400 m classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #963</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="35" spans="1:31">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:31" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>