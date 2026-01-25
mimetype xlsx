--- v1 (2026-01-23)
+++ v2 (2026-01-25)
@@ -14,377 +14,377 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>NFI4–NFI5</t>
-[...5 lines deleted...]
-    <t>altitude (in 400 m classes)</t>
+    <t>IFN4–IFN5</t>
+  </si>
+  <si>
+    <t>incremento netto</t>
+  </si>
+  <si>
+    <t>quota (classi di 400 m)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 m³/yr</t>
+      <t xml:space="preserve">: 1000 m³/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>change 2009/17–2018/26</t>
-[...50 lines deleted...]
-    <t>1000 m³/yr</t>
+    <t>variazione 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>1000 m³/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1401-1800 m</t>
   </si>
   <si>
     <t>1001-1400 m</t>
   </si>
   <si>
-    <t xml:space="preserve">601-1000 m </t>
+    <t>601-1000 m</t>
   </si>
   <si>
     <t>≤600 m</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2307357/418737</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">net increment</t>
+      <t xml:space="preserve">incremento netto</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #80</t>
     </r>
   </si>
   <si>
-    <t>Increase in the stemwood volume between two inventories of all surviving trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark, the stemwood volume of all ingrowing trees and shrubs with bark, and the modelled increase in the stemwood volume of the losses with bark during half the inventory period minus the volume of mortality. The net increment thus corresponds to the increment (=gross increment) minus the volume of mortality.</t>
+    <t>Aumento del volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm sopravissuti tra due inventari, il volume di legno del fusto con corteccia di tutti gli alberi e arbusti che hanno superato la soglia di cavallettamento e l'aumento modellizzato del volume di legno del fusto con corteccia degli alberi e arbusti scomparsi durante la metà del periodo di inventario, dopo aver sottratto il volume della mortalità. L'incremento netto corrisponde all'incremento (incremento lordo) dopo aver sottratto il volume della mortalità.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitude (in 400 m classes)</t>
+      <t xml:space="preserve">quota (classi di 400 m)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #963</t>
     </r>
   </si>
   <si>
-    <t>Altitude above sea level in classes of 400 m. Reference: Digital height model DHM 25 from Swisstopo</t>
+    <t>Altitudine sopra il livello del mare in classi di 400 m. Fonte: modello digitale DHM 25 di Swisstopo.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -736,80 +736,80 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:31">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:31">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:31">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:31">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:31">
       <c r="A5" t="s">
@@ -1680,51 +1680,51 @@
         <v>555</v>
       </c>
       <c r="AC19" s="6">
         <v>13</v>
       </c>
       <c r="AD19" s="6">
         <v>7964</v>
       </c>
       <c r="AE19" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:31" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2307357/418737</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -1740,191 +1740,191 @@
       <c r="U20" s="3"/>
       <c r="V20" s="3"/>
       <c r="W20" s="3"/>
       <c r="X20" s="3"/>
       <c r="Y20" s="3"/>
       <c r="Z20" s="3"/>
       <c r="AA20" s="3"/>
       <c r="AB20" s="3"/>
       <c r="AC20" s="3"/>
       <c r="AD20" s="3"/>
       <c r="AE20" s="3"/>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">net increment</t>
+            <t xml:space="preserve">incremento netto</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #80</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitude (in 400 m classes)</t>
+            <t xml:space="preserve">quota (classi di 400 m)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #963</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="35" spans="1:31">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:31" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>