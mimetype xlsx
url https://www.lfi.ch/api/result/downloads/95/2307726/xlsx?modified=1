--- v0 (2025-11-17)
+++ v1 (2025-11-17)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>LFI4–LFI5</t>
-[...5 lines deleted...]
-    <t>Höhenlage (400-m-Klassen)</t>
+    <t>NFI4–NFI5</t>
+  </si>
+  <si>
+    <t>net increment</t>
+  </si>
+  <si>
+    <t>altitude (in 400 m classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: m³/ha/Jahr</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: m³/ha/yr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>biogeografische Region</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>change 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...17 lines deleted...]
-    <t>m³/ha/Jahr</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>m³/ha/yr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1401-1800 m</t>
   </si>
   <si>
-    <t xml:space="preserve">1001-1400 m </t>
+    <t>1001-1400 m</t>
   </si>
   <si>
     <t xml:space="preserve">601-1000 m </t>
   </si>
   <si>
     <t>≤600 m</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2307726/418753</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nettozuwachs</t>
+      <t xml:space="preserve">net increment</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #80</t>
     </r>
   </si>
   <si>
-    <t>Zunahme des Schaftholzvolumens in Rinde der zwischen zwei Inventuren überlebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), das Schaftholzvolumen in Rinde aller eingewachsenen Bäume und Sträucher und die modellierte Zunahme des Schaftholzvolumens in Rinde der Abgänge während der halben Inventurperiode minus das Volumen der Mortalität. Der Nettozuwachs entspricht so dem Zuwachs (=Bruttozuwachs) abzüglich des Volumens der Mortalität.</t>
+    <t>Increase in the stemwood volume between two inventories of all surviving trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark, the stemwood volume of all ingrowing trees and shrubs with bark, and the modelled increase in the stemwood volume of the losses with bark during half the inventory period minus the volume of mortality. The net increment thus corresponds to the increment (=gross increment) minus the volume of mortality.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
+      <t xml:space="preserve">altitude (in 400 m classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #963</t>
     </r>
   </si>
   <si>
-    <t>Höhe über Meer in Klassen zu 400 m. Grundlage: digitales Höhenmodell DHM 25 von Swisstopo</t>
+    <t>Altitude above sea level in classes of 400 m. Reference: Digital height model DHM 25 from Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,64 +712,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1208,235 +1208,235 @@
         <v>3.7</v>
       </c>
       <c r="M19" s="6">
         <v>12</v>
       </c>
       <c r="N19" s="6">
         <v>6.8</v>
       </c>
       <c r="O19" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:15" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2307726/418753</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nettozuwachs</t>
+            <t xml:space="preserve">net increment</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #80</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
+            <t xml:space="preserve">altitude (in 400 m classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #963</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>