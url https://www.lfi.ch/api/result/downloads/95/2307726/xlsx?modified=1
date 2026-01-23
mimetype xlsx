--- v1 (2025-11-17)
+++ v2 (2026-01-23)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>NFI4–NFI5</t>
-[...5 lines deleted...]
-    <t>altitude (in 400 m classes)</t>
+    <t>IFN4–IFN5</t>
+  </si>
+  <si>
+    <t>incremento netto</t>
+  </si>
+  <si>
+    <t>quota (classi di 400 m)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: m³/ha/yr</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: m³/ha/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...33 lines deleted...]
-    <t>m³/ha/yr</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>variazione 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>m³/ha/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1401-1800 m</t>
   </si>
   <si>
     <t>1001-1400 m</t>
   </si>
   <si>
-    <t xml:space="preserve">601-1000 m </t>
+    <t>601-1000 m</t>
   </si>
   <si>
     <t>≤600 m</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2307726/418753</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">net increment</t>
+      <t xml:space="preserve">incremento netto</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #80</t>
     </r>
   </si>
   <si>
-    <t>Increase in the stemwood volume between two inventories of all surviving trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark, the stemwood volume of all ingrowing trees and shrubs with bark, and the modelled increase in the stemwood volume of the losses with bark during half the inventory period minus the volume of mortality. The net increment thus corresponds to the increment (=gross increment) minus the volume of mortality.</t>
+    <t>Aumento del volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm sopravissuti tra due inventari, il volume di legno del fusto con corteccia di tutti gli alberi e arbusti che hanno superato la soglia di cavallettamento e l'aumento modellizzato del volume di legno del fusto con corteccia degli alberi e arbusti scomparsi durante la metà del periodo di inventario, dopo aver sottratto il volume della mortalità. L'incremento netto corrisponde all'incremento (incremento lordo) dopo aver sottratto il volume della mortalità.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitude (in 400 m classes)</t>
+      <t xml:space="preserve">quota (classi di 400 m)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #963</t>
     </r>
   </si>
   <si>
-    <t>Altitude above sea level in classes of 400 m. Reference: Digital height model DHM 25 from Swisstopo</t>
+    <t>Altitudine sopra il livello del mare in classi di 400 m. Fonte: modello digitale DHM 25 di Swisstopo.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,64 +712,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1208,235 +1208,235 @@
         <v>3.7</v>
       </c>
       <c r="M19" s="6">
         <v>12</v>
       </c>
       <c r="N19" s="6">
         <v>6.8</v>
       </c>
       <c r="O19" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:15" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2307726/418753</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">net increment</t>
+            <t xml:space="preserve">incremento netto</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #80</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitude (in 400 m classes)</t>
+            <t xml:space="preserve">quota (classi di 400 m)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #963</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>