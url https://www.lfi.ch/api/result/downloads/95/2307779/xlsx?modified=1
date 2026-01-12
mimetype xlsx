--- v0 (2026-01-11)
+++ v1 (2026-01-12)
@@ -14,391 +14,391 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>grado di mescolanza · proprietà (2 classi)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Vorrat (Schaftholz)</t>
+  </si>
+  <si>
+    <t>Mischungsgrad (terrestrisch) · Eigentum (2 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m³</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...29 lines deleted...]
-    <t>proprietà (2 classi)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Mischungsgrad (terrestrisch)</t>
+  </si>
+  <si>
+    <t>Eigentum (2 Klassen)</t>
   </si>
   <si>
     <t>1000 m³</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>pubblica</t>
-[...17 lines deleted...]
-    <t>bosco puro di latifoglie</t>
+    <t>öffentlich</t>
+  </si>
+  <si>
+    <t>privat</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Nadelwald rein</t>
+  </si>
+  <si>
+    <t>Nadelwald gemischt</t>
+  </si>
+  <si>
+    <t>Laubwald gemischt</t>
+  </si>
+  <si>
+    <t>Laubwald rein</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2307779/412771</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">provvigione (legno del fusto)</t>
+      <t xml:space="preserve">Vorrat (Schaftholz)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #21</t>
     </r>
   </si>
   <si>
-    <t>Volume di legno del fusto con corteccia degli alberi e degli arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU). Corrisponde al termine «growing stock» utilizzato a livello internazionale.</t>
+    <t>Schaftholzvolumen in Rinde der lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Dieses entspricht international dem «growing stock».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grado di mescolanza</t>
+      <t xml:space="preserve">Mischungsgrad (terrestrisch)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #22</t>
     </r>
   </si>
   <si>
-    <t>Quota delle specie arboree di latifoglie e di conifere che costituiscono un popolamento, definita in base alla loro proporzione in area basimetrica suddivisa in quattro classi: conifere pure: 91-100% alberi di conifere, conifere miste : 51-90% alberi di conifere, latifoglie miste: 11-50% alberi di conifere, latifoglie pure: 0-10% alberi di conifere. Fonte: rilievo sul terreno (MID 265: Mischungsgrad)</t>
+    <t>Anteile der am Bestandesaufbau beteiligten Nadel- und Laubbäume, definiert über ihren Basalflächenanteil in vier Klassen: Nadelwald rein: 91–100 % Nadelbäume, Nadelwald gemischt: 51–90 % Nadelbäume, Laubwald gemischt: 11–50 % Nadelbäume und Laubwald rein: 0–10 % Nadelbäume. Grundlage: Feldaufnahme (MID 265: Mischungsgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proprietà (2 classi)</t>
+      <t xml:space="preserve">Eigentum (2 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
+    <t>Eigentumsverhältnis am Wald, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -750,51 +750,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
@@ -2087,270 +2087,270 @@
         <v>41636</v>
       </c>
       <c r="N36" s="6">
         <v>4</v>
       </c>
       <c r="O36" s="6">
         <v>415143</v>
       </c>
       <c r="P36" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="21.75">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2307779/412771</t>
           </r>
         </is>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
       <c r="M37" s="3"/>
       <c r="N37" s="3"/>
       <c r="O37" s="3"/>
       <c r="P37" s="3"/>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">provvigione (legno del fusto)</t>
+            <t xml:space="preserve">Vorrat (Schaftholz)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #21</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:16" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">grado di mescolanza</t>
+            <t xml:space="preserve">Mischungsgrad (terrestrisch)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #22</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:16" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proprietà (2 classi)</t>
+            <t xml:space="preserve">Eigentum (2 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:16" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:16" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>