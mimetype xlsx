--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,386 +14,386 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
-    <t>NFI4–NFI5</t>
-[...5 lines deleted...]
-    <t>cause of tree mortality</t>
+    <t>IFN4–IFN5</t>
+  </si>
+  <si>
+    <t>utilizzazioni e mortalità in funzione della causa</t>
+  </si>
+  <si>
+    <t>causa del deperimento</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: m³/ha/yr</t>
+      <t xml:space="preserve">: m³/ha/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>change 2009/17–2018/26</t>
-[...26 lines deleted...]
-    <t>m³/ha/yr</t>
+    <t>variazione 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>m³/ha/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>silvicultural treatment</t>
-[...47 lines deleted...]
-    <t>total</t>
+    <t>intervento selvicolturale</t>
+  </si>
+  <si>
+    <t>vento</t>
+  </si>
+  <si>
+    <t>carico da neve</t>
+  </si>
+  <si>
+    <t>valanga</t>
+  </si>
+  <si>
+    <t>caduta di massi</t>
+  </si>
+  <si>
+    <t>colata di fango, smottamento</t>
+  </si>
+  <si>
+    <t>inondazione</t>
+  </si>
+  <si>
+    <t>incendio boschivo</t>
+  </si>
+  <si>
+    <t>insetti</t>
+  </si>
+  <si>
+    <t>funghi, virus, batteri</t>
+  </si>
+  <si>
+    <t>animali selvatici</t>
+  </si>
+  <si>
+    <t>animali domestici</t>
+  </si>
+  <si>
+    <t>altre cause umane</t>
+  </si>
+  <si>
+    <t>causa sconosciuta</t>
+  </si>
+  <si>
+    <t>perdita di vitalità dovuta a siccità</t>
+  </si>
+  <si>
+    <t>altre perdite di vitalità</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2307868/598539</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fellings and mortality according to cause of damage</t>
+      <t xml:space="preserve">utilizzazioni e mortalità in funzione della causa</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #408</t>
     </r>
   </si>
   <si>
-    <t>Volume of stemwood with bark of all trees and shrubs ≥12 cm diameter at breast height (dbh) that were felled, died or disappeared between two inventories with the cause of death given.</t>
+    <t>Volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm che sono stati utilizzati nel quadro di interventi selvicolturali, sono morti o sono scomparsi tra due inventari e che hanno l'indicazione della causa del deperimento.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cause of tree mortality</t>
+      <t xml:space="preserve">causa del deperimento</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2619</t>
     </r>
   </si>
   <si>
-    <t>Reason why trees and shrubs ≥12 cm in diameter at breast height (dbh) have died or disappeared since the last Inventory. Reference: Forest Service Survey (MID 2046: Absterbegrund - toter/fehlender Probebaum)</t>
+    <t>Motivo per cui alberi e arbusti con un diametro a petto d'uomo (DPU) a partire da 12 cm sono morti o scomparsi dall'ultimo inventario. Fonte: inchiesta presso il servizio forestale (MID 2046: Absterbegrund - toter/fehlender Probebaum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -745,64 +745,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1758,235 +1758,235 @@
         <v>4.3</v>
       </c>
       <c r="M30" s="6">
         <v>14</v>
       </c>
       <c r="N30" s="6">
         <v>8.9</v>
       </c>
       <c r="O30" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="21.75">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2307868/598539</t>
           </r>
         </is>
       </c>
       <c r="B31" s="3"/>
       <c r="C31" s="3"/>
       <c r="D31" s="3"/>
       <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="3"/>
       <c r="J31" s="3"/>
       <c r="K31" s="3"/>
       <c r="L31" s="3"/>
       <c r="M31" s="3"/>
       <c r="N31" s="3"/>
       <c r="O31" s="3"/>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fellings and mortality according to cause of damage</t>
+            <t xml:space="preserve">utilizzazioni e mortalità in funzione della causa</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #408</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cause of tree mortality</t>
+            <t xml:space="preserve">causa del deperimento</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2619</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:15" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:15" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:15" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>