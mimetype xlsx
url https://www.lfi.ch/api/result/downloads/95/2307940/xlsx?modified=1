--- v0 (2025-11-26)
+++ v1 (2026-01-23)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>conifers and broadleaves</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>biomassa epigea degli alberi vivi</t>
+  </si>
+  <si>
+    <t>conifere e latifoglie</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 kg/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 kg/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>conifere</t>
+  </si>
+  <si>
+    <t>latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2307940/595575</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of living trees, aboveground</t>
+      <t xml:space="preserve">biomassa epigea degli alberi vivi</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #19</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of the aboveground parts of living trees and shrubs with a diameter at breast height (dbh) ≥12 cm. The tree parts included are: stemwood, branchwood and needles/leaves.</t>
+    <t>Peso secco (massa) delle parti sopraterrene degli alberi e arbusti vivi di almeno 12 cm di diametro a petto d'uomo (DPU). È composto dal legno del fusto, dal legno dei rami e dagli aghi/foglie.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">conifere e latifoglie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>176.0</v>
       </c>
       <c r="M17" s="6">
         <v>4</v>
       </c>
       <c r="N17" s="6">
         <v>201.6</v>
       </c>
       <c r="O17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2307940/595575</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of living trees, aboveground</t>
+            <t xml:space="preserve">biomassa epigea degli alberi vivi</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #19</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">conifere e latifoglie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>