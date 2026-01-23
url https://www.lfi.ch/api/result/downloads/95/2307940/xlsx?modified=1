--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>conifere e latifoglie</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Biomasse der lebenden Bäume, oberirdisch</t>
+  </si>
+  <si>
+    <t>Nadelholz, Laubholz</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 kg/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 kg/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifere</t>
-[...8 lines deleted...]
-    <t>totale</t>
+    <t>Nadelholz</t>
+  </si>
+  <si>
+    <t>Laubholz</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2307940/595575</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomassa epigea degli alberi vivi</t>
+      <t xml:space="preserve">Biomasse der lebenden Bäume, oberirdisch</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #19</t>
     </r>
   </si>
   <si>
-    <t>Peso secco (massa) delle parti sopraterrene degli alberi e arbusti vivi di almeno 12 cm di diametro a petto d'uomo (DPU). È composto dal legno del fusto, dal legno dei rami e dagli aghi/foglie.</t>
+    <t>Trockengewicht (Masse) der oberirdischen Teile der lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD). Dieses setzt sich aus den Baumteilen Schaftholz, Astholz und Nadeln/Blätter zusammen.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifere e latifoglie</t>
+      <t xml:space="preserve">Nadelholz, Laubholz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>176.0</v>
       </c>
       <c r="M17" s="6">
         <v>4</v>
       </c>
       <c r="N17" s="6">
         <v>201.6</v>
       </c>
       <c r="O17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2307940/595575</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomassa epigea degli alberi vivi</t>
+            <t xml:space="preserve">Biomasse der lebenden Bäume, oberirdisch</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #19</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifere e latifoglie</t>
+            <t xml:space="preserve">Nadelholz, Laubholz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>