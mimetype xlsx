--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,386 +14,386 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
-    <t>NFI4–NFI5</t>
-[...5 lines deleted...]
-    <t>cause of tree mortality</t>
+    <t>LFI4–LFI5</t>
+  </si>
+  <si>
+    <t>Nutzung und Mortalität nach Absterbegrund</t>
+  </si>
+  <si>
+    <t>Absterbegrund</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: m³/ha/yr</t>
+      <t xml:space="preserve">: m³/ha/Jahr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>change 2009/17–2018/26</t>
-[...26 lines deleted...]
-    <t>m³/ha/yr</t>
+    <t>Veränderung 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>m³/ha/Jahr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>silvicultural treatment</t>
-[...47 lines deleted...]
-    <t>total</t>
+    <t>waldbaulicher Eingriff</t>
+  </si>
+  <si>
+    <t>Wind</t>
+  </si>
+  <si>
+    <t>Schneelast</t>
+  </si>
+  <si>
+    <t>Lawine</t>
+  </si>
+  <si>
+    <t>Steinschlag</t>
+  </si>
+  <si>
+    <t>Murgang, Rutschung</t>
+  </si>
+  <si>
+    <t>Hochwasser</t>
+  </si>
+  <si>
+    <t>Waldbrand</t>
+  </si>
+  <si>
+    <t>Insekten</t>
+  </si>
+  <si>
+    <t>Pilze, Viren, Bakterien</t>
+  </si>
+  <si>
+    <t>Wildtiere</t>
+  </si>
+  <si>
+    <t>Vieh</t>
+  </si>
+  <si>
+    <t>andere menschliche Ursache</t>
+  </si>
+  <si>
+    <t>unbekannt</t>
+  </si>
+  <si>
+    <t>Vitalitätsverlust durch Trockenheit</t>
+  </si>
+  <si>
+    <t>übriger Vitalitätsverlust</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2307963/598541</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fellings and mortality according to cause of damage</t>
+      <t xml:space="preserve">Nutzung und Mortalität nach Absterbegrund</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #408</t>
     </r>
   </si>
   <si>
-    <t>Volume of stemwood with bark of all trees and shrubs ≥12 cm diameter at breast height (dbh) that were felled, died or disappeared between two inventories with the cause of death given.</t>
+    <t>Schaftholzvolumen in Rinde aller Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), die zwischen zwei Inventuren genutzt wurden, abgestorben oder verschwunden sind mit Angabe des Absterbegrunds.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cause of tree mortality</t>
+      <t xml:space="preserve">Absterbegrund</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2619</t>
     </r>
   </si>
   <si>
-    <t>Reason why trees and shrubs ≥12 cm in diameter at breast height (dbh) have died or disappeared since the last Inventory. Reference: Forest Service Survey (MID 2046: Absterbegrund - toter/fehlender Probebaum)</t>
+    <t>Grund, weshalb Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) seit der letzten Inventur abgestorben oder verschwunden sind. Grundlage: Forstdienstbefragung (MID 2046: Absterbegrund - toter/fehlender Probebaum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -745,64 +745,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1758,235 +1758,235 @@
         <v>3.7</v>
       </c>
       <c r="M30" s="6">
         <v>13</v>
       </c>
       <c r="N30" s="6">
         <v>8.2</v>
       </c>
       <c r="O30" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="21.75">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2307963/598541</t>
           </r>
         </is>
       </c>
       <c r="B31" s="3"/>
       <c r="C31" s="3"/>
       <c r="D31" s="3"/>
       <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="3"/>
       <c r="J31" s="3"/>
       <c r="K31" s="3"/>
       <c r="L31" s="3"/>
       <c r="M31" s="3"/>
       <c r="N31" s="3"/>
       <c r="O31" s="3"/>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fellings and mortality according to cause of damage</t>
+            <t xml:space="preserve">Nutzung und Mortalität nach Absterbegrund</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #408</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cause of tree mortality</t>
+            <t xml:space="preserve">Absterbegrund</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2619</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:15" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:15" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:15" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>