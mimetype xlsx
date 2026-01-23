--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
-    <t>NFI4–NFI5</t>
-[...5 lines deleted...]
-    <t>altitude (in 400 m classes)</t>
+    <t>IFN4–IFN5</t>
+  </si>
+  <si>
+    <t>incremento (incremento lordo)</t>
+  </si>
+  <si>
+    <t>quota (classi di 400 m)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: m³/ha/yr</t>
+      <t xml:space="preserve">: m³/ha/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>change 2009/17–2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>variazione 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,252 +172,252 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
-[...2 lines deleted...]
-    <t>m³/ha/yr</t>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>m³/ha/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1401-1800 m</t>
   </si>
   <si>
     <t>1001-1400 m</t>
   </si>
   <si>
-    <t xml:space="preserve">601-1000 m </t>
+    <t>601-1000 m</t>
   </si>
   <si>
     <t>≤600 m</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2308049/443350</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">increment (gross increment)</t>
+      <t xml:space="preserve">incremento (incremento lordo)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #11</t>
     </r>
   </si>
   <si>
-    <t>Increase in stemwood volume between two inventories of all surviving trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark, the stemwood volume of all ingrowing trees and shrubs with bark, and the modelled increase in the stemwood volume of the losses with bark during half the inventory period.</t>
+    <t>Aumento del volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm sopravissuti tra due inventari, il volume di legno del fusto con corteccia di tutti gli alberi e arbusti che hanno superato la soglia di cavallettamento e l'aumento modellizzato del volume di legno del fusto con corteccia degli alberi e arbusti scomparsi durante la metà del periodo di inventario.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitude (in 400 m classes)</t>
+      <t xml:space="preserve">quota (classi di 400 m)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #963</t>
     </r>
   </si>
   <si>
-    <t>Altitude above sea level in classes of 400 m. Reference: Digital height model DHM 25 from Swisstopo</t>
+    <t>Altitudine sopra il livello del mare in classi di 400 m. Fonte: modello digitale DHM 25 di Swisstopo.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -769,102 +769,102 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:53">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:53">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:53">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:53">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:53">
       <c r="A5" t="s">
@@ -2329,51 +2329,51 @@
         <v>10.9</v>
       </c>
       <c r="AY19" s="6">
         <v>6</v>
       </c>
       <c r="AZ19" s="6">
         <v>9.0</v>
       </c>
       <c r="BA19" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:53" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2308049/443350</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -2411,191 +2411,191 @@
       <c r="AQ20" s="3"/>
       <c r="AR20" s="3"/>
       <c r="AS20" s="3"/>
       <c r="AT20" s="3"/>
       <c r="AU20" s="3"/>
       <c r="AV20" s="3"/>
       <c r="AW20" s="3"/>
       <c r="AX20" s="3"/>
       <c r="AY20" s="3"/>
       <c r="AZ20" s="3"/>
       <c r="BA20" s="3"/>
     </row>
     <row r="23" spans="1:53">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">increment (gross increment)</t>
+            <t xml:space="preserve">incremento (incremento lordo)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #11</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:53" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitude (in 400 m classes)</t>
+            <t xml:space="preserve">quota (classi di 400 m)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #963</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="35" spans="1:53">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:53" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>