--- v0 (2026-01-08)
+++ v1 (2026-03-07)
@@ -14,421 +14,421 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>bosco di protezione contro colate di fango/smottamenti (2022) · fasce vegetazionali NaiS (6 classi)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Vorrat (Schaftholz)</t>
+  </si>
+  <si>
+    <t>Schutzwald gegen Hangmuren/Rutschungen (2022) · NaiS-Vegetationshöhenstufen (6 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m³</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...53 lines deleted...]
-    <t>fasce vegetazionali NaiS (6 classi)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Schutzwald gegen Hangmuren/Rutschungen (2022)</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
   </si>
   <si>
     <t>1000 m³</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>subalpina superiore</t>
-[...23 lines deleted...]
-    <t>all'esterno</t>
+    <t>obersubalpin</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>hochmontan</t>
+  </si>
+  <si>
+    <t>unter- und obermontan</t>
+  </si>
+  <si>
+    <t>submontan</t>
+  </si>
+  <si>
+    <t>hyperinsubrisch und kollin</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>innerhalb</t>
+  </si>
+  <si>
+    <t>ausserhalb</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2308166/386582</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">provvigione (legno del fusto)</t>
+      <t xml:space="preserve">Vorrat (Schaftholz)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #21</t>
     </r>
   </si>
   <si>
-    <t>Volume di legno del fusto con corteccia degli alberi e degli arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU). Corrisponde al termine «growing stock» utilizzato a livello internazionale.</t>
+    <t>Schaftholzvolumen in Rinde der lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Dieses entspricht international dem «growing stock».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco di protezione contro colate di fango/smottamenti (2022)</t>
+      <t xml:space="preserve">Schutzwald gegen Hangmuren/Rutschungen (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2644</t>
     </r>
   </si>
   <si>
-    <t>Superficie all'interno/all'esterno del bosco di protezione contro colate di fango/smottamenti, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
+    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Hangmuren/Rutschungen, den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -780,52 +780,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="75.267" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="56.415" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -4145,51 +4145,51 @@
         <v>37808</v>
       </c>
       <c r="AD44" s="6">
         <v>5</v>
       </c>
       <c r="AE44" s="6">
         <v>391986</v>
       </c>
       <c r="AF44" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:32" customHeight="1" ht="21.75">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2308166/386582</t>
           </r>
         </is>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
@@ -4205,226 +4205,226 @@
       <c r="V45" s="3"/>
       <c r="W45" s="3"/>
       <c r="X45" s="3"/>
       <c r="Y45" s="3"/>
       <c r="Z45" s="3"/>
       <c r="AA45" s="3"/>
       <c r="AB45" s="3"/>
       <c r="AC45" s="3"/>
       <c r="AD45" s="3"/>
       <c r="AE45" s="3"/>
       <c r="AF45" s="3"/>
     </row>
     <row r="48" spans="1:32">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">provvigione (legno del fusto)</t>
+            <t xml:space="preserve">Vorrat (Schaftholz)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #21</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:32" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco di protezione contro colate di fango/smottamenti (2022)</t>
+            <t xml:space="preserve">Schutzwald gegen Hangmuren/Rutschungen (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2644</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:32" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="54" spans="1:32">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:32" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="57" spans="1:32">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:32" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="60" spans="1:32">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:32" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="63" spans="1:32">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:32" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>