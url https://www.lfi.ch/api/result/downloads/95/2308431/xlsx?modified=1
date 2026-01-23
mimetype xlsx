--- v0 (2025-11-26)
+++ v1 (2026-01-23)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>conifers and broadleaves</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>biomasse aérienne des arbres vifs</t>
+  </si>
+  <si>
+    <t>résineux et feuillus</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de forêt protectrice</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: million kg</t>
+      <t xml:space="preserve">unité</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Mio kg</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...33 lines deleted...]
-    <t>million kg</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de forêt protectrice</t>
+  </si>
+  <si>
+    <t>Plateau/Jura</t>
+  </si>
+  <si>
+    <t>Nord des Alpes ouest</t>
+  </si>
+  <si>
+    <t>Nord des Alpes est</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>Mio kg</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...5 lines deleted...]
-    <t>indeterminable</t>
+    <t>résineux</t>
+  </si>
+  <si>
+    <t>feuillus</t>
+  </si>
+  <si>
+    <t>indéterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2308431/595560</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of living trees, aboveground</t>
+      <t xml:space="preserve">biomasse aérienne des arbres vifs</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #19</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of the aboveground parts of living trees and shrubs with a diameter at breast height (dbh) ≥12 cm. The tree parts included are: stemwood, branchwood and needles/leaves.</t>
+    <t>Poids sec (masse) des parties aériennes des arbres et arbustes vifs d'au moins 12 cm de diamètre à hauteur de poitrine (DHP). Celui-ci se compose du bois de tige, du bois des branches et des aiguilles/feuilles.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">résineux et feuillus</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Espèce des arbres et arbustes à partir de 12 cm de diamètre de poitrine (DHP) selon deux classes (résineux et feuillus). Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">région de forêt protectrice</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,64 +706,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1108,235 +1108,235 @@
         <v>21241</v>
       </c>
       <c r="M17" s="6">
         <v>5</v>
       </c>
       <c r="N17" s="6">
         <v>211525</v>
       </c>
       <c r="O17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2308431/595560</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of living trees, aboveground</t>
+            <t xml:space="preserve">biomasse aérienne des arbres vifs</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #19</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">résineux et feuillus</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">région de forêt protectrice</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>