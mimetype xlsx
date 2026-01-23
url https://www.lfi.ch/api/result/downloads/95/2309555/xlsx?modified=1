--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,128 +14,128 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>conifers and broadleaves</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>biomasse des racines des arbres vifs divisé par biomasse des arbres vifs</t>
+  </si>
+  <si>
+    <t>résineux et feuillus</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
       <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, cell total</t>
+      <t xml:space="preserve">: %, total de cellules</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>état 2018/26</t>
   </si>
   <si>
     <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
@@ -172,275 +172,275 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Suisse</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...5 lines deleted...]
-    <t>indeterminable</t>
+    <t>résineux</t>
+  </si>
+  <si>
+    <t>feuillus</t>
+  </si>
+  <si>
+    <t>indéterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2309555/593491</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">root mass of living trees</t>
+      <t xml:space="preserve">biomasse des racines des arbres vifs</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #210</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of the belowground part (roots) of living trees and shrubs with a diameter at breast height (dbh) ≥12 cm. The dimensions of the roots are determined according to Zell and Wutzler.</t>
+    <t>Poids sec (masse) des parties souterraines (racines) d’arbres et d’arbustes vifs d'au moins 12 cm de diamètre à hauteur de poitrine (DHP). La biomasse des racines est déterminée selon la méthode de Zell et Wutzler.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of living trees</t>
+      <t xml:space="preserve">biomasse des arbres vifs</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #18</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of living trees and shrubs with a diameter at breast height (dbh) ≥12 cm. The tree parts considered are: the roots, stemwood, branchwood and needles/leaves.</t>
+    <t>Poids sec (masse) des arbres et arbustes vifs d'au moins 12 cm de hauteur de poitrine (DHP). Il se compose des racines, du bois de tige, du bois de branche et des aiguilles/feuilles.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">résineux et feuillus</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Espèce des arbres et arbustes à partir de 12 cm de diamètre de poitrine (DHP) selon deux classes (résineux et feuillus). Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Découpage régional dont les cantons constituent l'unité. Pour des raisons statistiques, les deux demi-cantons de Bâle-Campagne et Bâle-Ville sont regroupés en un seul canton.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -792,51 +792,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2030,51 +2030,51 @@
         <v>17.4</v>
       </c>
       <c r="AY17" s="6">
         <v>0.4</v>
       </c>
       <c r="AZ17" s="6">
         <v>21.0</v>
       </c>
       <c r="BA17" s="6">
         <v>0.1</v>
       </c>
     </row>
     <row r="18" spans="1:53" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2309555/593491</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -2112,121 +2112,121 @@
       <c r="AQ18" s="3"/>
       <c r="AR18" s="3"/>
       <c r="AS18" s="3"/>
       <c r="AT18" s="3"/>
       <c r="AU18" s="3"/>
       <c r="AV18" s="3"/>
       <c r="AW18" s="3"/>
       <c r="AX18" s="3"/>
       <c r="AY18" s="3"/>
       <c r="AZ18" s="3"/>
       <c r="BA18" s="3"/>
     </row>
     <row r="21" spans="1:53">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">root mass of living trees</t>
+            <t xml:space="preserve">biomasse des racines des arbres vifs</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #210</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:53" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:53">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of living trees</t>
+            <t xml:space="preserve">biomasse des arbres vifs</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #18</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="27" spans="1:53">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">résineux et feuillus</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
@@ -2252,86 +2252,86 @@
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="36" spans="1:53">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:53" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>