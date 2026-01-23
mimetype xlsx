--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -17,128 +17,128 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>biomasse des racines des arbres vifs divisé par biomasse des arbres vifs</t>
-[...2 lines deleted...]
-    <t>résineux et feuillus</t>
+    <t>biomassa delle radici degli alberi vivi diviso per biomassa degli alberi vivi</t>
+  </si>
+  <si>
+    <t>conifere e latifoglie</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, total de cellules</t>
+      <t xml:space="preserve">: %, totale celle</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,275 +172,275 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Suisse</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>résineux</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>conifere</t>
+  </si>
+  <si>
+    <t>latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2309555/593491</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomasse des racines des arbres vifs</t>
+      <t xml:space="preserve">biomassa delle radici degli alberi vivi</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #210</t>
     </r>
   </si>
   <si>
-    <t>Poids sec (masse) des parties souterraines (racines) d’arbres et d’arbustes vifs d'au moins 12 cm de diamètre à hauteur de poitrine (DHP). La biomasse des racines est déterminée selon la méthode de Zell et Wutzler.</t>
+    <t>Peso secco (massa) delle parti sotterranee (radici) degli alberi e arbusti vivi di almeno 12 cm di diametro a petto d'uomo (DPU). La biomassa delle radici è determinata secondo il metodo di Zell e Wutzler.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomasse des arbres vifs</t>
+      <t xml:space="preserve">biomassa degli alberi vivi</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #18</t>
     </r>
   </si>
   <si>
-    <t>Poids sec (masse) des arbres et arbustes vifs d'au moins 12 cm de hauteur de poitrine (DHP). Il se compose des racines, du bois de tige, du bois de branche et des aiguilles/feuilles.</t>
+    <t>Peso secco (massa) degli alberi e arbusti vivi a partire da 12 cm di diametro a petto d'uomo (DPU). Essa è composta dalle radici, dal legno del fusto, dal legno dei rami e dalle foglie/aghi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">résineux et feuillus</t>
+      <t xml:space="preserve">conifere e latifoglie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Espèce des arbres et arbustes à partir de 12 cm de diamètre de poitrine (DHP) selon deux classes (résineux et feuillus). Source: relevé de terrain (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Découpage régional dont les cantons constituent l'unité. Pour des raisons statistiques, les deux demi-cantons de Bâle-Campagne et Bâle-Ville sont regroupés en un seul canton.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -792,51 +792,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2030,51 +2030,51 @@
         <v>17.4</v>
       </c>
       <c r="AY17" s="6">
         <v>0.4</v>
       </c>
       <c r="AZ17" s="6">
         <v>21.0</v>
       </c>
       <c r="BA17" s="6">
         <v>0.1</v>
       </c>
     </row>
     <row r="18" spans="1:53" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2309555/593491</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -2112,226 +2112,226 @@
       <c r="AQ18" s="3"/>
       <c r="AR18" s="3"/>
       <c r="AS18" s="3"/>
       <c r="AT18" s="3"/>
       <c r="AU18" s="3"/>
       <c r="AV18" s="3"/>
       <c r="AW18" s="3"/>
       <c r="AX18" s="3"/>
       <c r="AY18" s="3"/>
       <c r="AZ18" s="3"/>
       <c r="BA18" s="3"/>
     </row>
     <row r="21" spans="1:53">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomasse des racines des arbres vifs</t>
+            <t xml:space="preserve">biomassa delle radici degli alberi vivi</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #210</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:53" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:53">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomasse des arbres vifs</t>
+            <t xml:space="preserve">biomassa degli alberi vivi</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #18</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="27" spans="1:53">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">résineux et feuillus</t>
+            <t xml:space="preserve">conifere e latifoglie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="36" spans="1:53">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:53" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>