--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>data dell'ultimo intervento (classi di 5 risp. 10 anni)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Totholzvolumen (Schaftholz)</t>
+  </si>
+  <si>
+    <t>Zeitpunkt des letzten Eingriffs (5- bzw. 10-Jahres-Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m³/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...27 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>m³/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>0-5 anni fa</t>
-[...20 lines deleted...]
-    <t>totale</t>
+    <t>vor =5 Jahren</t>
+  </si>
+  <si>
+    <t>vor 6-10 Jahren</t>
+  </si>
+  <si>
+    <t>vor 11-20 Jahren</t>
+  </si>
+  <si>
+    <t>vor 21-30 Jahren</t>
+  </si>
+  <si>
+    <t>vor 31-50 Jahren</t>
+  </si>
+  <si>
+    <t>vor 51-100 Jahren</t>
+  </si>
+  <si>
+    <t>letzter Eingriff vor &gt;100 Jahren oder nie genutzt</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2309711/593584</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">volume di legno morto (legno del fusto)</t>
+      <t xml:space="preserve">Totholzvolumen (Schaftholz)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #24</t>
     </r>
   </si>
   <si>
-    <t>Volume di legno del fusto con corteccia di tutti gli alberi e arbusti morti (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
+    <t>Schaftholzvolumen in Rinde aller toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">data dell'ultimo intervento (classi di 5 risp. 10 anni)</t>
+      <t xml:space="preserve">Zeitpunkt des letzten Eingriffs (5- bzw. 10-Jahres-Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #711</t>
     </r>
   </si>
   <si>
-    <t>Numero di anni dall'ultimo intervento selvicolturale, in classi di cinque o dieci anni. Gli interventi selvicolturali comprendono interventi di cura della rinnovazione e tagli di sgombero, piantagione e semina, nonché interventi fitosanitari e di promozione della sicurezza. Fonte: inchiesta presso il servizio forestale (MID: 607: Anzahl Jahre seit dem letzten Eingriff)</t>
+    <t>Anzahl Jahre seit dem letzten waldbaulichen Eingriff in Klassen zu fünf oder zehn Jahren. Als waldbauliche Eingriffe gelten Nutzungs- und Pflegeeingriffe, Pflanzungen und Aufforstungen sowie Sanitär- und Sicherheitseingriffe. Grundlage: Forstdienstbefragung (MID: 607: Anzahl Jahre seit dem letzten Eingriff)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1237,233 +1237,233 @@
         <v>28.8</v>
       </c>
       <c r="K21" s="6">
         <v>8</v>
       </c>
       <c r="L21" s="6">
         <v>31.8</v>
       </c>
       <c r="M21" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2309711/593584</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">volume di legno morto (legno del fusto)</t>
+            <t xml:space="preserve">Totholzvolumen (Schaftholz)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #24</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">data dell'ultimo intervento (classi di 5 risp. 10 anni)</t>
+            <t xml:space="preserve">Zeitpunkt des letzten Eingriffs (5- bzw. 10-Jahres-Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #711</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>