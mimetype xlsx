--- v1 (2026-01-23)
+++ v2 (2026-01-24)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Zeitpunkt des letzten Eingriffs (5- bzw. 10-Jahres-Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>volume of deadwood (stemwood)</t>
+  </si>
+  <si>
+    <t>time of last treatment (in 5- or 10-year classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m³/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>Produktionsregion</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...11 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>m³/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>vor =5 Jahren</t>
-[...20 lines deleted...]
-    <t>Total</t>
+    <t>=5 years ago</t>
+  </si>
+  <si>
+    <t>6-10 years ago</t>
+  </si>
+  <si>
+    <t>11-20 years ago</t>
+  </si>
+  <si>
+    <t>21-30 years ago</t>
+  </si>
+  <si>
+    <t>31-50 years ago</t>
+  </si>
+  <si>
+    <t>51-100 years ago</t>
+  </si>
+  <si>
+    <t>&gt;100 years ago or never</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2309711/593584</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholzvolumen (Schaftholz)</t>
+      <t xml:space="preserve">volume of deadwood (stemwood)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #24</t>
     </r>
   </si>
   <si>
-    <t>Schaftholzvolumen in Rinde aller toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
+    <t>Volume of stemwood of all dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm with bark.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Zeitpunkt des letzten Eingriffs (5- bzw. 10-Jahres-Klassen)</t>
+      <t xml:space="preserve">time of last treatment (in 5- or 10-year classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #711</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Jahre seit dem letzten waldbaulichen Eingriff in Klassen zu fünf oder zehn Jahren. Als waldbauliche Eingriffe gelten Nutzungs- und Pflegeeingriffe, Pflanzungen und Aufforstungen sowie Sanitär- und Sicherheitseingriffe. Grundlage: Forstdienstbefragung (MID: 607: Anzahl Jahre seit dem letzten Eingriff)</t>
+    <t>Number of years since the last silvicultural treatment in classes of five or ten years. Silvicultural treatments include harvesting and tending interventions, planting and afforestation, as well as sanitary and safety interventions. Reference: Forest Service Survey (MID: 607: Anzahl Jahre seit dem letzten Eingriff)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -382,63 +382,66 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFaaaaaa"/>
       </left>
       <right style="thin">
         <color rgb="FFaaaaaa"/>
       </right>
       <top style="thin">
         <color rgb="FFaaaaaa"/>
       </top>
       <bottom style="thin">
         <color rgb="FFaaaaaa"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="8">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" quotePrefix="1" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -715,51 +718,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="61.128" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -859,611 +862,611 @@
         <v>16</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="I12" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>16</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="B13" s="6">
+      <c r="B13" s="7">
         <v>0.0</v>
       </c>
-      <c r="C13" s="6" t="s">
+      <c r="C13" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="D13" s="6">
+      <c r="D13" s="7">
         <v>0.0</v>
       </c>
-      <c r="E13" s="6" t="s">
+      <c r="E13" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="F13" s="6">
+      <c r="F13" s="7">
         <v>0.0</v>
       </c>
-      <c r="G13" s="6" t="s">
+      <c r="G13" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="H13" s="6">
+      <c r="H13" s="7">
         <v>0.0</v>
       </c>
-      <c r="I13" s="6" t="s">
+      <c r="I13" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="J13" s="6">
+      <c r="J13" s="7">
         <v>0.0</v>
       </c>
-      <c r="K13" s="6" t="s">
+      <c r="K13" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="L13" s="6">
+      <c r="L13" s="7">
         <v>0.0</v>
       </c>
-      <c r="M13" s="6" t="s">
+      <c r="M13" s="7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
-      <c r="A14" s="5" t="s">
+      <c r="A14" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="B14" s="6">
+      <c r="B14" s="7">
         <v>19.3</v>
       </c>
-      <c r="C14" s="6">
+      <c r="C14" s="7">
         <v>14</v>
       </c>
-      <c r="D14" s="6">
+      <c r="D14" s="7">
         <v>12.8</v>
       </c>
-      <c r="E14" s="6">
+      <c r="E14" s="7">
         <v>13</v>
       </c>
-      <c r="F14" s="6">
+      <c r="F14" s="7">
         <v>33.6</v>
       </c>
-      <c r="G14" s="6">
+      <c r="G14" s="7">
         <v>14</v>
       </c>
-      <c r="H14" s="6">
+      <c r="H14" s="7">
         <v>33.4</v>
       </c>
-      <c r="I14" s="6">
+      <c r="I14" s="7">
         <v>12</v>
       </c>
-      <c r="J14" s="6">
+      <c r="J14" s="7">
         <v>46.3</v>
       </c>
-      <c r="K14" s="6">
+      <c r="K14" s="7">
         <v>28</v>
       </c>
-      <c r="L14" s="6">
+      <c r="L14" s="7">
         <v>23.2</v>
       </c>
-      <c r="M14" s="6">
+      <c r="M14" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="B15" s="6">
+      <c r="B15" s="7">
         <v>24.4</v>
       </c>
-      <c r="C15" s="6">
+      <c r="C15" s="7">
         <v>25</v>
       </c>
-      <c r="D15" s="6">
+      <c r="D15" s="7">
         <v>12.4</v>
       </c>
-      <c r="E15" s="6">
+      <c r="E15" s="7">
         <v>29</v>
       </c>
-      <c r="F15" s="6">
+      <c r="F15" s="7">
         <v>35.5</v>
       </c>
-      <c r="G15" s="6">
+      <c r="G15" s="7">
         <v>17</v>
       </c>
-      <c r="H15" s="6">
+      <c r="H15" s="7">
         <v>41.7</v>
       </c>
-      <c r="I15" s="6">
+      <c r="I15" s="7">
         <v>13</v>
       </c>
-      <c r="J15" s="6">
+      <c r="J15" s="7">
         <v>56.7</v>
       </c>
-      <c r="K15" s="6">
+      <c r="K15" s="7">
         <v>38</v>
       </c>
-      <c r="L15" s="6">
+      <c r="L15" s="7">
         <v>29.6</v>
       </c>
-      <c r="M15" s="6">
+      <c r="M15" s="7">
         <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="B16" s="6">
+      <c r="B16" s="7">
         <v>25.3</v>
       </c>
-      <c r="C16" s="6">
+      <c r="C16" s="7">
         <v>24</v>
       </c>
-      <c r="D16" s="6">
+      <c r="D16" s="7">
         <v>25.6</v>
       </c>
-      <c r="E16" s="6">
+      <c r="E16" s="7">
         <v>16</v>
       </c>
-      <c r="F16" s="6">
+      <c r="F16" s="7">
         <v>49.1</v>
       </c>
-      <c r="G16" s="6">
+      <c r="G16" s="7">
         <v>16</v>
       </c>
-      <c r="H16" s="6">
+      <c r="H16" s="7">
         <v>28.7</v>
       </c>
-      <c r="I16" s="6">
+      <c r="I16" s="7">
         <v>13</v>
       </c>
-      <c r="J16" s="6">
+      <c r="J16" s="7">
         <v>27.5</v>
       </c>
-      <c r="K16" s="6">
+      <c r="K16" s="7">
         <v>48</v>
       </c>
-      <c r="L16" s="6">
+      <c r="L16" s="7">
         <v>32.4</v>
       </c>
-      <c r="M16" s="6">
+      <c r="M16" s="7">
         <v>8</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="B17" s="6">
+      <c r="B17" s="7">
         <v>36.8</v>
       </c>
-      <c r="C17" s="6">
+      <c r="C17" s="7">
         <v>30</v>
       </c>
-      <c r="D17" s="6">
+      <c r="D17" s="7">
         <v>21.4</v>
       </c>
-      <c r="E17" s="6">
+      <c r="E17" s="7">
         <v>32</v>
       </c>
-      <c r="F17" s="6">
+      <c r="F17" s="7">
         <v>45.7</v>
       </c>
-      <c r="G17" s="6">
+      <c r="G17" s="7">
         <v>18</v>
       </c>
-      <c r="H17" s="6">
+      <c r="H17" s="7">
         <v>30.0</v>
       </c>
-      <c r="I17" s="6">
+      <c r="I17" s="7">
         <v>13</v>
       </c>
-      <c r="J17" s="6">
+      <c r="J17" s="7">
         <v>36.0</v>
       </c>
-      <c r="K17" s="6">
+      <c r="K17" s="7">
         <v>47</v>
       </c>
-      <c r="L17" s="6">
+      <c r="L17" s="7">
         <v>34.9</v>
       </c>
-      <c r="M17" s="6">
+      <c r="M17" s="7">
         <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="B18" s="6">
+      <c r="B18" s="7">
         <v>56.5</v>
       </c>
-      <c r="C18" s="6">
+      <c r="C18" s="7">
         <v>24</v>
       </c>
-      <c r="D18" s="6">
+      <c r="D18" s="7">
         <v>35.5</v>
       </c>
-      <c r="E18" s="6">
+      <c r="E18" s="7">
         <v>43</v>
       </c>
-      <c r="F18" s="6">
+      <c r="F18" s="7">
         <v>44.9</v>
       </c>
-      <c r="G18" s="6">
+      <c r="G18" s="7">
         <v>21</v>
       </c>
-      <c r="H18" s="6">
+      <c r="H18" s="7">
         <v>28.4</v>
       </c>
-      <c r="I18" s="6">
+      <c r="I18" s="7">
         <v>13</v>
       </c>
-      <c r="J18" s="6">
+      <c r="J18" s="7">
         <v>20.8</v>
       </c>
-      <c r="K18" s="6">
+      <c r="K18" s="7">
         <v>28</v>
       </c>
-      <c r="L18" s="6">
+      <c r="L18" s="7">
         <v>32.7</v>
       </c>
-      <c r="M18" s="6">
+      <c r="M18" s="7">
         <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="B19" s="6">
+      <c r="B19" s="7">
         <v>76.8</v>
       </c>
-      <c r="C19" s="6">
+      <c r="C19" s="7">
         <v>15</v>
       </c>
-      <c r="D19" s="6">
+      <c r="D19" s="7">
         <v>97.7</v>
       </c>
-      <c r="E19" s="6">
+      <c r="E19" s="7">
         <v>24</v>
       </c>
-      <c r="F19" s="6">
+      <c r="F19" s="7">
         <v>71.0</v>
       </c>
-      <c r="G19" s="6">
+      <c r="G19" s="7">
         <v>18</v>
       </c>
-      <c r="H19" s="6">
+      <c r="H19" s="7">
         <v>39.5</v>
       </c>
-      <c r="I19" s="6">
+      <c r="I19" s="7">
         <v>9</v>
       </c>
-      <c r="J19" s="6">
+      <c r="J19" s="7">
         <v>30.8</v>
       </c>
-      <c r="K19" s="6">
+      <c r="K19" s="7">
         <v>10</v>
       </c>
-      <c r="L19" s="6">
+      <c r="L19" s="7">
         <v>44.3</v>
       </c>
-      <c r="M19" s="6">
+      <c r="M19" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="B20" s="6">
+      <c r="B20" s="7">
         <v>51.5</v>
       </c>
-      <c r="C20" s="6">
+      <c r="C20" s="7">
         <v>67</v>
       </c>
-      <c r="D20" s="6">
+      <c r="D20" s="7">
         <v>47.0</v>
       </c>
-      <c r="E20" s="6">
+      <c r="E20" s="7">
         <v>42</v>
       </c>
-      <c r="F20" s="6">
+      <c r="F20" s="7">
         <v>49.0</v>
       </c>
-      <c r="G20" s="6">
+      <c r="G20" s="7">
         <v>31</v>
       </c>
-      <c r="H20" s="6">
+      <c r="H20" s="7">
         <v>47.0</v>
       </c>
-      <c r="I20" s="6">
+      <c r="I20" s="7">
         <v>14</v>
       </c>
-      <c r="J20" s="6">
+      <c r="J20" s="7">
         <v>19.9</v>
       </c>
-      <c r="K20" s="6">
+      <c r="K20" s="7">
         <v>16</v>
       </c>
-      <c r="L20" s="6">
+      <c r="L20" s="7">
         <v>37.9</v>
       </c>
-      <c r="M20" s="6">
+      <c r="M20" s="7">
         <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="B21" s="6">
+      <c r="B21" s="7">
         <v>29.3</v>
       </c>
-      <c r="C21" s="6">
+      <c r="C21" s="7">
         <v>9</v>
       </c>
-      <c r="D21" s="6">
+      <c r="D21" s="7">
         <v>18.5</v>
       </c>
-      <c r="E21" s="6">
+      <c r="E21" s="7">
         <v>9</v>
       </c>
-      <c r="F21" s="6">
+      <c r="F21" s="7">
         <v>43.9</v>
       </c>
-      <c r="G21" s="6">
+      <c r="G21" s="7">
         <v>7</v>
       </c>
-      <c r="H21" s="6">
+      <c r="H21" s="7">
         <v>34.9</v>
       </c>
-      <c r="I21" s="6">
+      <c r="I21" s="7">
         <v>5</v>
       </c>
-      <c r="J21" s="6">
+      <c r="J21" s="7">
         <v>28.8</v>
       </c>
-      <c r="K21" s="6">
+      <c r="K21" s="7">
         <v>8</v>
       </c>
-      <c r="L21" s="6">
+      <c r="L21" s="7">
         <v>31.8</v>
       </c>
-      <c r="M21" s="6">
+      <c r="M21" s="7">
         <v>3</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2309711/593584</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholzvolumen (Schaftholz)</t>
+            <t xml:space="preserve">volume of deadwood (stemwood)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #24</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Zeitpunkt des letzten Eingriffs (5- bzw. 10-Jahres-Klassen)</t>
+            <t xml:space="preserve">time of last treatment (in 5- or 10-year classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #711</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>