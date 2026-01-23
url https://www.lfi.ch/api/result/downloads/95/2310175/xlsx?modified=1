--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,376 +14,376 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>conifere e latifoglie</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>root mass of living trees divided by biomass of living trees</t>
+  </si>
+  <si>
+    <t>conifers and broadleaves</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, totale celle</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, cell total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifere</t>
-[...8 lines deleted...]
-    <t>totale</t>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2310175/593493</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomassa delle radici degli alberi vivi</t>
+      <t xml:space="preserve">root mass of living trees</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #210</t>
     </r>
   </si>
   <si>
-    <t>Peso secco (massa) delle parti sotterranee (radici) degli alberi e arbusti vivi di almeno 12 cm di diametro a petto d'uomo (DPU). La biomassa delle radici è determinata secondo il metodo di Zell e Wutzler.</t>
+    <t>Dry weight (mass) of the belowground part (roots) of living trees and shrubs with a diameter at breast height (dbh) ≥12 cm. The dimensions of the roots are determined according to Zell and Wutzler.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomassa degli alberi vivi</t>
+      <t xml:space="preserve">biomass of living trees</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #18</t>
     </r>
   </si>
   <si>
-    <t>Peso secco (massa) degli alberi e arbusti vivi a partire da 12 cm di diametro a petto d'uomo (DPU). Essa è composta dalle radici, dal legno del fusto, dal legno dei rami e dalle foglie/aghi.</t>
+    <t>Dry weight (mass) of living trees and shrubs with a diameter at breast height (dbh) ≥12 cm. The tree parts considered are: the roots, stemwood, branchwood and needles/leaves.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifere e latifoglie</t>
+      <t xml:space="preserve">conifers and broadleaves</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -735,51 +735,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1137,270 +1137,270 @@
         <v>23.8</v>
       </c>
       <c r="M17" s="6">
         <v>0.3</v>
       </c>
       <c r="N17" s="6">
         <v>21.0</v>
       </c>
       <c r="O17" s="6">
         <v>0.1</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2310175/593493</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomassa delle radici degli alberi vivi</t>
+            <t xml:space="preserve">root mass of living trees</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #210</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomassa degli alberi vivi</t>
+            <t xml:space="preserve">biomass of living trees</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #18</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifere e latifoglie</t>
+            <t xml:space="preserve">conifers and broadleaves</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>