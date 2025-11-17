--- v0 (2025-11-17)
+++ v1 (2025-11-17)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
   <si>
-    <t>NFI4–NFI5</t>
-[...5 lines deleted...]
-    <t>altitude (in 400 m classes)</t>
+    <t>LFI4–LFI5</t>
+  </si>
+  <si>
+    <t>Nettozuwachs</t>
+  </si>
+  <si>
+    <t>Höhenlage (400-m-Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2023)</t>
+      <t xml:space="preserve">: Forstkreis (2023)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: m³/ha/yr</t>
+      <t xml:space="preserve">: m³/ha/Jahr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>change 2009/17–2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2023)</t>
+    <t>Veränderung 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>Forstkreis (2023)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,255 +373,255 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...5 lines deleted...]
-    <t>m³/ha/yr</t>
+    <t>Seen</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>m³/ha/Jahr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1401-1800 m</t>
   </si>
   <si>
-    <t>1001-1400 m</t>
+    <t xml:space="preserve">1001-1400 m </t>
   </si>
   <si>
     <t xml:space="preserve">601-1000 m </t>
   </si>
   <si>
     <t>≤600 m</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2310976/632461</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">net increment</t>
+      <t xml:space="preserve">Nettozuwachs</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #80</t>
     </r>
   </si>
   <si>
-    <t>Increase in the stemwood volume between two inventories of all surviving trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark, the stemwood volume of all ingrowing trees and shrubs with bark, and the modelled increase in the stemwood volume of the losses with bark during half the inventory period minus the volume of mortality. The net increment thus corresponds to the increment (=gross increment) minus the volume of mortality.</t>
+    <t>Zunahme des Schaftholzvolumens in Rinde der zwischen zwei Inventuren überlebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), das Schaftholzvolumen in Rinde aller eingewachsenen Bäume und Sträucher und die modellierte Zunahme des Schaftholzvolumens in Rinde der Abgänge während der halben Inventurperiode minus das Volumen der Mortalität. Der Nettozuwachs entspricht so dem Zuwachs (=Bruttozuwachs) abzüglich des Volumens der Mortalität.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitude (in 400 m classes)</t>
+      <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #963</t>
     </r>
   </si>
   <si>
-    <t>Altitude above sea level in classes of 400 m. Reference: Digital height model DHM 25 from Swisstopo</t>
+    <t>Höhe über Meer in Klassen zu 400 m. Grundlage: digitales Höhenmodell DHM 25 von Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -973,238 +973,238 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="68" max="68" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="70" max="70" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="83" max="83" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="84" max="84" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="84" max="84" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="85" max="85" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="86" max="86" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="86" max="86" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="87" max="87" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="88" max="88" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="88" max="88" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="89" max="89" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="90" max="90" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="90" max="90" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="91" max="91" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="92" max="92" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="92" max="92" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="93" max="93" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="94" max="94" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="94" max="94" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="95" max="95" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="96" max="96" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="96" max="96" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="97" max="97" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="98" max="98" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="98" max="98" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="99" max="99" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="100" max="100" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="100" max="100" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="101" max="101" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="102" max="102" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="102" max="102" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="103" max="103" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="104" max="104" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="104" max="104" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="105" max="105" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="106" max="106" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="106" max="106" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="107" max="107" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="108" max="108" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="108" max="108" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="109" max="109" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="110" max="110" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="110" max="110" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="111" max="111" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="112" max="112" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="112" max="112" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="113" max="113" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="114" max="114" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="114" max="114" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="115" max="115" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="116" max="116" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="116" max="116" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="117" max="117" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="118" max="118" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="118" max="118" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="119" max="119" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="120" max="120" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="120" max="120" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="121" max="121" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="122" max="122" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="122" max="122" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="123" max="123" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="124" max="124" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="124" max="124" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="125" max="125" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="126" max="126" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="126" max="126" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="127" max="127" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="128" max="128" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="128" max="128" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="129" max="129" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="130" max="130" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="130" max="130" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="131" max="131" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="132" max="132" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="132" max="132" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="133" max="133" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="134" max="134" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="134" max="134" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="135" max="135" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="136" max="136" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="136" max="136" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="137" max="137" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="138" max="138" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="138" max="138" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="139" max="139" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="140" max="140" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="140" max="140" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="141" max="141" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="142" max="142" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="142" max="142" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="143" max="143" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="144" max="144" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="144" max="144" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="145" max="145" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="146" max="146" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="146" max="146" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="147" max="147" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="148" max="148" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="148" max="148" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="149" max="149" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="150" max="150" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="150" max="150" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="151" max="151" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="152" max="152" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="152" max="152" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="153" max="153" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="154" max="154" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="154" max="154" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="155" max="155" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="156" max="156" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="156" max="156" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="157" max="157" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="158" max="158" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="158" max="158" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="159" max="159" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="160" max="160" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="160" max="160" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="161" max="161" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="162" max="162" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="162" max="162" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="163" max="163" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="164" max="164" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="164" max="164" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="165" max="165" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="166" max="166" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="166" max="166" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="167" max="167" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="168" max="168" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="168" max="168" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="169" max="169" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="170" max="170" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="170" max="170" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="171" max="171" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="172" max="172" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="172" max="172" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="173" max="173" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="174" max="174" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="174" max="174" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="175" max="175" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="176" max="176" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="176" max="176" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="177" max="177" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="178" max="178" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="178" max="178" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="179" max="179" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="180" max="180" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="180" max="180" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="181" max="181" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="182" max="182" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="182" max="182" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="183" max="183" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="184" max="184" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="184" max="184" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="185" max="185" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="186" max="186" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="186" max="186" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="187" max="187" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="188" max="188" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="188" max="188" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="189" max="189" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:189">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:189">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:189">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:189">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:189">
       <c r="A5" t="s">
@@ -6341,51 +6341,51 @@
         <v>0.0</v>
       </c>
       <c r="GE19" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF19" s="6">
         <v>6.8</v>
       </c>
       <c r="GG19" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:189" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2310976/632461</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -6559,191 +6559,191 @@
       <c r="FW20" s="3"/>
       <c r="FX20" s="3"/>
       <c r="FY20" s="3"/>
       <c r="FZ20" s="3"/>
       <c r="GA20" s="3"/>
       <c r="GB20" s="3"/>
       <c r="GC20" s="3"/>
       <c r="GD20" s="3"/>
       <c r="GE20" s="3"/>
       <c r="GF20" s="3"/>
       <c r="GG20" s="3"/>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">net increment</t>
+            <t xml:space="preserve">Nettozuwachs</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #80</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitude (in 400 m classes)</t>
+            <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #963</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="35" spans="1:189">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:189" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>123</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>