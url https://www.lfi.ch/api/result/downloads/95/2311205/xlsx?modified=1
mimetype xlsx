--- v0 (2025-11-19)
+++ v1 (2026-01-08)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Nadelholz, Laubholz</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>biomassa degli alberi vivi</t>
+  </si>
+  <si>
+    <t>conifere e latifoglie</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 kg/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 kg/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Nadelholz</t>
-[...8 lines deleted...]
-    <t>Total</t>
+    <t>conifere</t>
+  </si>
+  <si>
+    <t>latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2311205/465936</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Biomasse der lebenden Bäume</t>
+      <t xml:space="preserve">biomassa degli alberi vivi</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #18</t>
     </r>
   </si>
   <si>
-    <t>Trockengewicht (Masse) der lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD). Dieses setzt sich aus den Baumteilen Wurzeln, Schaftholz, Astholz und Nadeln/Blätter zusammen.</t>
+    <t>Peso secco (massa) degli alberi e arbusti vivi a partire da 12 cm di diametro a petto d'uomo (DPU). Essa è composta dalle radici, dal legno del fusto, dal legno dei rami e dalle foglie/aghi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nadelholz, Laubholz</t>
+      <t xml:space="preserve">conifere e latifoglie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>198.3</v>
       </c>
       <c r="M17" s="6">
         <v>4</v>
       </c>
       <c r="N17" s="6">
         <v>241.0</v>
       </c>
       <c r="O17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2311205/465936</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Biomasse der lebenden Bäume</t>
+            <t xml:space="preserve">biomassa degli alberi vivi</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #18</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nadelholz, Laubholz</t>
+            <t xml:space="preserve">conifere e latifoglie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>