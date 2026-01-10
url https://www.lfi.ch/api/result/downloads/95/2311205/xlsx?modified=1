--- v1 (2026-01-08)
+++ v2 (2026-01-10)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>conifere e latifoglie</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>biomass of living trees</t>
+  </si>
+  <si>
+    <t>conifers and broadleaves</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 kg/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 kg/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifere</t>
-[...8 lines deleted...]
-    <t>totale</t>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2311205/465936</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomassa degli alberi vivi</t>
+      <t xml:space="preserve">biomass of living trees</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #18</t>
     </r>
   </si>
   <si>
-    <t>Peso secco (massa) degli alberi e arbusti vivi a partire da 12 cm di diametro a petto d'uomo (DPU). Essa è composta dalle radici, dal legno del fusto, dal legno dei rami e dalle foglie/aghi.</t>
+    <t>Dry weight (mass) of living trees and shrubs with a diameter at breast height (dbh) ≥12 cm. The tree parts considered are: the roots, stemwood, branchwood and needles/leaves.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifere e latifoglie</t>
+      <t xml:space="preserve">conifers and broadleaves</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>198.3</v>
       </c>
       <c r="M17" s="6">
         <v>4</v>
       </c>
       <c r="N17" s="6">
         <v>241.0</v>
       </c>
       <c r="O17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2311205/465936</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomassa degli alberi vivi</t>
+            <t xml:space="preserve">biomass of living trees</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #18</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifere e latifoglie</t>
+            <t xml:space="preserve">conifers and broadleaves</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>