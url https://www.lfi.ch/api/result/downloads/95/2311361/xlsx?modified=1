--- v0 (2025-11-17)
+++ v1 (2026-01-09)
@@ -14,401 +14,401 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Hauptbaumart</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>biomassa degli alberi vivi</t>
+  </si>
+  <si>
+    <t>specie arborea principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...47 lines deleted...]
-    <t>Schweiz</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
-[...38 lines deleted...]
-    <t>Total</t>
+    <t>abete rosso</t>
+  </si>
+  <si>
+    <t>abete bianco</t>
+  </si>
+  <si>
+    <t>pino</t>
+  </si>
+  <si>
+    <t>larice</t>
+  </si>
+  <si>
+    <t>cembro</t>
+  </si>
+  <si>
+    <t>altre conifere</t>
+  </si>
+  <si>
+    <t>faggio</t>
+  </si>
+  <si>
+    <t>acero</t>
+  </si>
+  <si>
+    <t>frassino</t>
+  </si>
+  <si>
+    <t>quercia</t>
+  </si>
+  <si>
+    <t>castagno</t>
+  </si>
+  <si>
+    <t>altre latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2311361/486733</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Biomasse der lebenden Bäume</t>
+      <t xml:space="preserve">biomassa degli alberi vivi</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #18</t>
     </r>
   </si>
   <si>
-    <t>Trockengewicht (Masse) der lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD). Dieses setzt sich aus den Baumteilen Wurzeln, Schaftholz, Astholz und Nadeln/Blätter zusammen.</t>
+    <t>Peso secco (massa) degli alberi e arbusti vivi a partire da 12 cm di diametro a petto d'uomo (DPU). Essa è composta dalle radici, dal legno del fusto, dal legno dei rami e dalle foglie/aghi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hauptbaumart</t>
+      <t xml:space="preserve">specie arborea principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -760,51 +760,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2464,51 +2464,51 @@
         <v>100.0</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD27" s="6">
         <v>100.0</v>
       </c>
       <c r="AE27" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2311361/486733</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
@@ -2524,191 +2524,191 @@
       <c r="U28" s="3"/>
       <c r="V28" s="3"/>
       <c r="W28" s="3"/>
       <c r="X28" s="3"/>
       <c r="Y28" s="3"/>
       <c r="Z28" s="3"/>
       <c r="AA28" s="3"/>
       <c r="AB28" s="3"/>
       <c r="AC28" s="3"/>
       <c r="AD28" s="3"/>
       <c r="AE28" s="3"/>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Biomasse der lebenden Bäume</t>
+            <t xml:space="preserve">biomassa degli alberi vivi</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #18</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hauptbaumart</t>
+            <t xml:space="preserve">specie arborea principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="37" spans="1:31">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:31" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="40" spans="1:31">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:31" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="43" spans="1:31">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:31" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>