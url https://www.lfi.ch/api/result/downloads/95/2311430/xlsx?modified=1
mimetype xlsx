--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,401 +14,401 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>main tree species</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>biomassa degli alberi vivi</t>
+  </si>
+  <si>
+    <t>specie arborea principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 kg/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 kg/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
-[...38 lines deleted...]
-    <t>total</t>
+    <t>abete rosso</t>
+  </si>
+  <si>
+    <t>abete bianco</t>
+  </si>
+  <si>
+    <t>pino</t>
+  </si>
+  <si>
+    <t>larice</t>
+  </si>
+  <si>
+    <t>cembro</t>
+  </si>
+  <si>
+    <t>altre conifere</t>
+  </si>
+  <si>
+    <t>faggio</t>
+  </si>
+  <si>
+    <t>acero</t>
+  </si>
+  <si>
+    <t>frassino</t>
+  </si>
+  <si>
+    <t>quercia</t>
+  </si>
+  <si>
+    <t>castagno</t>
+  </si>
+  <si>
+    <t>altre latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2311430/487158</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of living trees</t>
+      <t xml:space="preserve">biomassa degli alberi vivi</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #18</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of living trees and shrubs with a diameter at breast height (dbh) ≥12 cm. The tree parts considered are: the roots, stemwood, branchwood and needles/leaves.</t>
+    <t>Peso secco (massa) degli alberi e arbusti vivi a partire da 12 cm di diametro a petto d'uomo (DPU). Essa è composta dalle radici, dal legno del fusto, dal legno dei rami e dalle foglie/aghi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">specie arborea principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -760,51 +760,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
@@ -2464,51 +2464,51 @@
         <v>200.6</v>
       </c>
       <c r="AC27" s="6">
         <v>4</v>
       </c>
       <c r="AD27" s="6">
         <v>241.0</v>
       </c>
       <c r="AE27" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2311430/487158</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
@@ -2524,191 +2524,191 @@
       <c r="U28" s="3"/>
       <c r="V28" s="3"/>
       <c r="W28" s="3"/>
       <c r="X28" s="3"/>
       <c r="Y28" s="3"/>
       <c r="Z28" s="3"/>
       <c r="AA28" s="3"/>
       <c r="AB28" s="3"/>
       <c r="AC28" s="3"/>
       <c r="AD28" s="3"/>
       <c r="AE28" s="3"/>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of living trees</t>
+            <t xml:space="preserve">biomassa degli alberi vivi</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #18</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">specie arborea principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="37" spans="1:31">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:31" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="40" spans="1:31">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:31" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="43" spans="1:31">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:31" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>