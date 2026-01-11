--- v0 (2025-11-19)
+++ v1 (2026-01-11)
@@ -14,377 +14,377 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>main tree species</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>biomassa degli alberi vivi</t>
+  </si>
+  <si>
+    <t>specie arborea principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 kg/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...23 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 kg/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
-[...38 lines deleted...]
-    <t>total</t>
+    <t>abete rosso</t>
+  </si>
+  <si>
+    <t>abete bianco</t>
+  </si>
+  <si>
+    <t>pino</t>
+  </si>
+  <si>
+    <t>larice</t>
+  </si>
+  <si>
+    <t>cembro</t>
+  </si>
+  <si>
+    <t>altre conifere</t>
+  </si>
+  <si>
+    <t>faggio</t>
+  </si>
+  <si>
+    <t>acero</t>
+  </si>
+  <si>
+    <t>frassino</t>
+  </si>
+  <si>
+    <t>quercia</t>
+  </si>
+  <si>
+    <t>castagno</t>
+  </si>
+  <si>
+    <t>altre latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2311431/487159</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of living trees</t>
+      <t xml:space="preserve">biomassa degli alberi vivi</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #18</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of living trees and shrubs with a diameter at breast height (dbh) ≥12 cm. The tree parts considered are: the roots, stemwood, branchwood and needles/leaves.</t>
+    <t>Peso secco (massa) degli alberi e arbusti vivi a partire da 12 cm di diametro a petto d'uomo (DPU). Essa è composta dalle radici, dal legno del fusto, dal legno dei rami e dalle foglie/aghi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">specie arborea principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -736,51 +736,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1608,235 +1608,235 @@
         <v>198.3</v>
       </c>
       <c r="M27" s="6">
         <v>4</v>
       </c>
       <c r="N27" s="6">
         <v>241.0</v>
       </c>
       <c r="O27" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2311431/487159</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
       <c r="N28" s="3"/>
       <c r="O28" s="3"/>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of living trees</t>
+            <t xml:space="preserve">biomassa degli alberi vivi</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #18</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">specie arborea principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:15" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:15" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>