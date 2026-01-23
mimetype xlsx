--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,401 +14,401 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Hauptbaumart</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>biomass of living trees</t>
+  </si>
+  <si>
+    <t>main tree species</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 kg/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...47 lines deleted...]
-    <t>Schweiz</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 kg/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
-[...38 lines deleted...]
-    <t>Total</t>
+    <t>spruce</t>
+  </si>
+  <si>
+    <t>fir</t>
+  </si>
+  <si>
+    <t>pine</t>
+  </si>
+  <si>
+    <t>larch</t>
+  </si>
+  <si>
+    <t>Arolla pine</t>
+  </si>
+  <si>
+    <t>other conifers</t>
+  </si>
+  <si>
+    <t>beech</t>
+  </si>
+  <si>
+    <t>maple</t>
+  </si>
+  <si>
+    <t>ash</t>
+  </si>
+  <si>
+    <t>oak</t>
+  </si>
+  <si>
+    <t>sweet chestnut</t>
+  </si>
+  <si>
+    <t>other broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2311435/487168</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Biomasse der lebenden Bäume</t>
+      <t xml:space="preserve">biomass of living trees</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #18</t>
     </r>
   </si>
   <si>
-    <t>Trockengewicht (Masse) der lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD). Dieses setzt sich aus den Baumteilen Wurzeln, Schaftholz, Astholz und Nadeln/Blätter zusammen.</t>
+    <t>Dry weight (mass) of living trees and shrubs with a diameter at breast height (dbh) ≥12 cm. The tree parts considered are: the roots, stemwood, branchwood and needles/leaves.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hauptbaumart</t>
+      <t xml:space="preserve">main tree species</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -760,51 +760,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
@@ -2464,51 +2464,51 @@
         <v>194.7</v>
       </c>
       <c r="AC27" s="6">
         <v>4</v>
       </c>
       <c r="AD27" s="6">
         <v>237.2</v>
       </c>
       <c r="AE27" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2311435/487168</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
@@ -2524,191 +2524,191 @@
       <c r="U28" s="3"/>
       <c r="V28" s="3"/>
       <c r="W28" s="3"/>
       <c r="X28" s="3"/>
       <c r="Y28" s="3"/>
       <c r="Z28" s="3"/>
       <c r="AA28" s="3"/>
       <c r="AB28" s="3"/>
       <c r="AC28" s="3"/>
       <c r="AD28" s="3"/>
       <c r="AE28" s="3"/>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Biomasse der lebenden Bäume</t>
+            <t xml:space="preserve">biomass of living trees</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #18</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hauptbaumart</t>
+            <t xml:space="preserve">main tree species</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="37" spans="1:31">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:31" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="40" spans="1:31">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:31" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="43" spans="1:31">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:31" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>