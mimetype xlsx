--- v0 (2026-01-24)
+++ v1 (2026-01-24)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Baumzustand (lebend/tot)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>total wood volume (stemwood)</t>
+  </si>
+  <si>
+    <t>tree state (living/dead)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m³</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...54 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 m³</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t xml:space="preserve"> n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>lebend</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>living</t>
+  </si>
+  <si>
+    <t>dead</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2312158/506514</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gesamtholzvolumen (Schaftholz)</t>
+      <t xml:space="preserve">total wood volume (stemwood)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #23</t>
     </r>
   </si>
   <si>
-    <t>Schaftholzvolumen in Rinde aller lebenden und toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Das Gesamtholzvolumen entspricht der Summe von Vorrat und Totholzvolumen.</t>
+    <t>Stemwood volume of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm with bark. The total wood volume is the sum of the growing stock and deadwood volumes.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Baumzustand (lebend/tot)</t>
+      <t xml:space="preserve">tree state (living/dead)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1265</t>
     </r>
   </si>
   <si>
-    <t>Einteilung der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in lebende oder tote. Grundlage: Feldaufnahme (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
+    <t>Classification of trees and shrubs ≥12 cm in diameter at breast height (dbh) as living or dead. Reference: Field Survey (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1386,51 +1386,51 @@
         <v>46183</v>
       </c>
       <c r="AC16" s="6">
         <v>4</v>
       </c>
       <c r="AD16" s="6">
         <v>453055</v>
       </c>
       <c r="AE16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:31" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2312158/506514</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1446,191 +1446,191 @@
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
     </row>
     <row r="20" spans="1:31">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gesamtholzvolumen (Schaftholz)</t>
+            <t xml:space="preserve">total wood volume (stemwood)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #23</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Baumzustand (lebend/tot)</t>
+            <t xml:space="preserve">tree state (living/dead)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1265</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>