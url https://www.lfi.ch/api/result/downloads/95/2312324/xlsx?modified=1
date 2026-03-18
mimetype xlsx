--- v0 (2026-01-24)
+++ v1 (2026-03-18)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>tree state (living/dead)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Gesamtholzvolumen (Schaftholz)</t>
+  </si>
+  <si>
+    <t>Baumzustand (lebend/tot)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m³/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>m³/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t xml:space="preserve"> n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>living</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>lebend</t>
+  </si>
+  <si>
+    <t>tot</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2312324/506592</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total wood volume (stemwood)</t>
+      <t xml:space="preserve">Gesamtholzvolumen (Schaftholz)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #23</t>
     </r>
   </si>
   <si>
-    <t>Stemwood volume of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm with bark. The total wood volume is the sum of the growing stock and deadwood volumes.</t>
+    <t>Schaftholzvolumen in Rinde aller lebenden und toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Das Gesamtholzvolumen entspricht der Summe von Vorrat und Totholzvolumen.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tree state (living/dead)</t>
+      <t xml:space="preserve">Baumzustand (lebend/tot)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1265</t>
     </r>
   </si>
   <si>
-    <t>Classification of trees and shrubs ≥12 cm in diameter at breast height (dbh) as living or dead. Reference: Field Survey (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
+    <t>Einteilung der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in lebende oder tote. Grundlage: Feldaufnahme (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1058,235 +1058,235 @@
         <v>347.9</v>
       </c>
       <c r="M16" s="6">
         <v>4</v>
       </c>
       <c r="N16" s="6">
         <v>407.8</v>
       </c>
       <c r="O16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2312324/506592</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total wood volume (stemwood)</t>
+            <t xml:space="preserve">Gesamtholzvolumen (Schaftholz)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #23</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tree state (living/dead)</t>
+            <t xml:space="preserve">Baumzustand (lebend/tot)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1265</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>