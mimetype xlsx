--- v0 (2025-11-17)
+++ v1 (2026-01-23)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>NFI4–NFI5</t>
-[...5 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 10 classes)</t>
+    <t>IFN4–IFN5</t>
+  </si>
+  <si>
+    <t>utilizzazione forzata dovuta al vento</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (10 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: m³/ha/yr</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: m³/ha/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...33 lines deleted...]
-    <t>m³/ha/yr</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>variazione 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>m³/ha/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
-[...29 lines deleted...]
-    <t>total</t>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana superiore (N)</t>
+  </si>
+  <si>
+    <t>montana inferiore (N)</t>
+  </si>
+  <si>
+    <t>montana inferiore/superiore (S)</t>
+  </si>
+  <si>
+    <t>submontana (N)</t>
+  </si>
+  <si>
+    <t>collinare con faggio (S)</t>
+  </si>
+  <si>
+    <t>collinare</t>
+  </si>
+  <si>
+    <t>iperinsubrica (S)</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2312644/513345</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">sanitary/salvage fellings due to wind</t>
+      <t xml:space="preserve">utilizzazione forzata dovuta al vento</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #88</t>
     </r>
   </si>
   <si>
-    <t>Stemwood volume of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark that were not removed from the forest as part of silvicultural planning, but because they had been damaged by wind between two inventories. The variable is derived at the sample plot level from the harvested tally trees and the proportion of sanitary/salvage fellings (according to information provided by the foresters).</t>
+    <t>Volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm che non sono stati utilizzati tra due inventari nel quadro di interventi selvicolturali pianificati, bensì in seguito a danni causati dal vento o da una tempesta. Esso viene calcolato a livello di area di saggio a partire dall'utilizzazione degli alberi campione e dalla proporzione di utilizzazioni forzate (in base alle informazioni fornite dai forestali locali).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2632</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005) – in ten classes, whereby the classes «hyperinsubric», «colline» and «colline with beech» and «lower and upper montane» only occur in the Southern Alps (S), the classes «submontane», «lower montane», «upper montane» only in the Northern Alps (N) and the classes «high montane», «subalpine» and «upper subalpine» on both sides of the Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005) in dieci classi, dove le classi «iperinsubrica», «collinare con faggio» e «montana inferiore/superiore» possono essere presenti solo a Sud delle Alpi (S), le classi «submontana», «montana inferiore», «montana superiore» solo sul versante settentrionale delle Alpi (N) e le classi «altimontana», «subalpina» e «subalpina superiore» su entrambi i versanti delle Alpi. Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,64 +727,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1458,235 +1458,235 @@
         <v>0.2</v>
       </c>
       <c r="M24" s="6">
         <v>70</v>
       </c>
       <c r="N24" s="6">
         <v>0.5</v>
       </c>
       <c r="O24" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2312644/513345</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
       <c r="M25" s="3"/>
       <c r="N25" s="3"/>
       <c r="O25" s="3"/>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">sanitary/salvage fellings due to wind</t>
+            <t xml:space="preserve">utilizzazione forzata dovuta al vento</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #88</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2632</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:15" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>