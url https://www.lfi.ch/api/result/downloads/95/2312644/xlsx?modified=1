--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>IFN4–IFN5</t>
-[...5 lines deleted...]
-    <t>fasce vegetazionali NaiS (10 classi)</t>
+    <t>LFI4–LFI5</t>
+  </si>
+  <si>
+    <t>Zwangsnutzung infolge Wind</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (10 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: m³/ha/anno</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: m³/ha/Jahr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...33 lines deleted...]
-    <t>m³/ha/anno</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Veränderung 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>m³/ha/Jahr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>subalpina superiore</t>
-[...29 lines deleted...]
-    <t>totale</t>
+    <t>obersubalpin</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>hochmontan</t>
+  </si>
+  <si>
+    <t>obermontan (N)</t>
+  </si>
+  <si>
+    <t>untermontan (N)</t>
+  </si>
+  <si>
+    <t>unter-/obermontan (S)</t>
+  </si>
+  <si>
+    <t>submontan (N)</t>
+  </si>
+  <si>
+    <t>kollin mit Buche (S)</t>
+  </si>
+  <si>
+    <t>kollin</t>
+  </si>
+  <si>
+    <t>hyperinsubrisch (S)</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2312644/513345</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">utilizzazione forzata dovuta al vento</t>
+      <t xml:space="preserve">Zwangsnutzung infolge Wind</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #88</t>
     </r>
   </si>
   <si>
-    <t>Volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm che non sono stati utilizzati tra due inventari nel quadro di interventi selvicolturali pianificati, bensì in seguito a danni causati dal vento o da una tempesta. Esso viene calcolato a livello di area di saggio a partire dall'utilizzazione degli alberi campione e dalla proporzione di utilizzazioni forzate (in base alle informazioni fornite dai forestali locali).</t>
+    <t>Schaftholzvolumen in Rinde aller Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), die nicht aufgrund einer waldbaulichen Planung, sondern infolge eingetretener Schäden durch (Sturm-)Winde zwischen zwei Inventuren dem Wald entnommen wurden. Das Merkmal wird auf Ebene Probefläche aus der Nutzung der Probebäume und dem Zwangsnutzungsanteil (nach Auskunft der Förster) abgeleitet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (10 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2632</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005) in dieci classi, dove le classi «iperinsubrica», «collinare con faggio» e «montana inferiore/superiore» possono essere presenti solo a Sud delle Alpi (S), le classi «submontana», «montana inferiore», «montana superiore» solo sul versante settentrionale delle Alpi (N) e le classi «altimontana», «subalpina» e «subalpina superiore» su entrambi i versanti delle Alpi. Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005) in zehn Klassen, wobei die Klassen «hyperinsubrisch», «kollin mit Buche» und «unter-/obermontan» nur auf der Alpensüdseite (S), die Klassen «submontan», «untermontan», «obermontan» nur auf der Alpennordseite (N) und die Klassen «hochmontan», «subalpin» und «obersubalpin» auf beiden Seiten der Alpen vorkommen können. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,51 +727,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1458,235 +1458,235 @@
         <v>0.2</v>
       </c>
       <c r="M24" s="6">
         <v>70</v>
       </c>
       <c r="N24" s="6">
         <v>0.5</v>
       </c>
       <c r="O24" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2312644/513345</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
       <c r="M25" s="3"/>
       <c r="N25" s="3"/>
       <c r="O25" s="3"/>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">utilizzazione forzata dovuta al vento</t>
+            <t xml:space="preserve">Zwangsnutzung infolge Wind</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #88</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (10 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2632</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:15" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>