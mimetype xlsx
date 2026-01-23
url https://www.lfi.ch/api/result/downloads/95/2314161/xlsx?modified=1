--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>NFI4–NFI5</t>
-[...5 lines deleted...]
-    <t>altitude (in 400 m classes)</t>
+    <t>LFI4–LFI5</t>
+  </si>
+  <si>
+    <t>Mortalität</t>
+  </si>
+  <si>
+    <t>Höhenlage (400-m-Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: m³/ha/yr</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: m³/ha/Jahr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...33 lines deleted...]
-    <t>m³/ha/yr</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Veränderung 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>m³/ha/Jahr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1401-1800 m</t>
   </si>
   <si>
-    <t>1001-1400 m</t>
+    <t xml:space="preserve">1001-1400 m </t>
   </si>
   <si>
     <t xml:space="preserve">601-1000 m </t>
   </si>
   <si>
     <t>≤600 m</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2314161/554605</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">mortality</t>
+      <t xml:space="preserve">Mortalität</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #16</t>
     </r>
   </si>
   <si>
-    <t>Stemwood volume of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark that died naturally between two inventories (e.g. due to windthrow or insects) or disappeared (e.g. due to avalanches), but that were not harvested. Mortality is the sum of natural losses and the remaining mortality.</t>
+    <t>Schaftholzvolumen in Rinde aller Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), die zwischen zwei Inventuren abgestorben (z.B. durch Windwurf oder Insekten) oder verschwunden sind (z.B. durch Lawinen), aber nicht forstlich genutzt wurden. Die Mortalität ist die Summe von natürlichen Abgängen und im Bestand verbleibender Mortalität.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitude (in 400 m classes)</t>
+      <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #963</t>
     </r>
   </si>
   <si>
-    <t>Altitude above sea level in classes of 400 m. Reference: Digital height model DHM 25 from Swisstopo</t>
+    <t>Höhe über Meer in Klassen zu 400 m. Grundlage: digitales Höhenmodell DHM 25 von Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,64 +712,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1208,235 +1208,235 @@
         <v>2.5</v>
       </c>
       <c r="M19" s="6">
         <v>13</v>
       </c>
       <c r="N19" s="6">
         <v>2.2</v>
       </c>
       <c r="O19" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:15" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2314161/554605</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">mortality</t>
+            <t xml:space="preserve">Mortalität</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #16</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitude (in 400 m classes)</t>
+            <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #963</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>